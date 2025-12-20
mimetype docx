--- v0 (2025-10-20)
+++ v1 (2025-12-20)
@@ -7,62 +7,60 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="001172E0" w:rsidRDefault="001B5CC6" w:rsidP="009D7ADD">
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="698F3D8B" w14:textId="77777777" w:rsidR="001172E0" w:rsidRDefault="001B5CC6" w:rsidP="009D7ADD">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E3D6B57" wp14:editId="454BCA03">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69C6B74D" wp14:editId="0772E735">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="line">
               <wp:posOffset>-91440</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2121408" cy="402336"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Yaskawa_logo.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -74,87 +72,87 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2121408" cy="402336"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D118C7" w:rsidRPr="00B37C13" w:rsidRDefault="00D118C7" w:rsidP="00D118C7">
+    <w:p w14:paraId="3738FA7A" w14:textId="77777777" w:rsidR="00D118C7" w:rsidRPr="00B37C13" w:rsidRDefault="00D118C7" w:rsidP="00D118C7">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Variable Frequency Drive (VFD)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D118C7" w:rsidRPr="00D118C7" w:rsidRDefault="00027792" w:rsidP="00D118C7">
+    <w:p w14:paraId="1FEDF343" w14:textId="77777777" w:rsidR="00D118C7" w:rsidRPr="00D118C7" w:rsidRDefault="00027792" w:rsidP="00D118C7">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00891846">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>FP605</w:t>
       </w:r>
       <w:r w:rsidR="00D118C7" w:rsidRPr="00B37C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mechanical Specification Submittal </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00057E93" w:rsidRPr="006D772A" w:rsidRDefault="00D118C7" w:rsidP="006D772A">
+    <w:p w14:paraId="069A1C1F" w14:textId="77777777" w:rsidR="00057E93" w:rsidRPr="006D772A" w:rsidRDefault="00D118C7" w:rsidP="006D772A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:sectPr w:rsidR="00057E93" w:rsidRPr="006D772A" w:rsidSect="00057E93">
           <w:headerReference w:type="even" r:id="rId8"/>
           <w:headerReference w:type="default" r:id="rId9"/>
           <w:footerReference w:type="even" r:id="rId10"/>
           <w:footerReference w:type="default" r:id="rId11"/>
           <w:headerReference w:type="first" r:id="rId12"/>
           <w:footerReference w:type="first" r:id="rId13"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Fo</w:t>
       </w:r>
@@ -185,59 +183,59 @@
       <w:r w:rsidR="001B4CF8" w:rsidRPr="00DA0A09">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Rated Drives</w:t>
       </w:r>
       <w:r w:rsidR="006B02A3" w:rsidRPr="00DA0A09">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00891846" w:rsidRPr="00DA0A09">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>with Main</w:t>
       </w:r>
       <w:r w:rsidR="006B02A3" w:rsidRPr="00DA0A09">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Switch</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B5CC6" w:rsidRPr="00680317" w:rsidRDefault="001B5CC6" w:rsidP="006D772A">
+    <w:p w14:paraId="61358F60" w14:textId="77777777" w:rsidR="001B5CC6" w:rsidRPr="00680317" w:rsidRDefault="001B5CC6" w:rsidP="006D772A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00680317">
         <w:t>GENERAL</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00DA0A09" w:rsidRDefault="009D7ADD" w:rsidP="001336A5">
+    <w:p w14:paraId="5ECA45F7" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00DA0A09" w:rsidRDefault="009D7ADD" w:rsidP="001336A5">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA0A09">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00027792" w:rsidRPr="00DA0A09">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>FP605</w:t>
       </w:r>
       <w:r w:rsidR="00613739" w:rsidRPr="00DA0A09">
         <w:rPr>
           <w:sz w:val="21"/>
@@ -283,51 +281,51 @@
       <w:r w:rsidRPr="00DA0A09">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">range of </w:t>
       </w:r>
       <w:r w:rsidR="004C3A7E" w:rsidRPr="00DA0A09">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA0A09">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> kHz to 12.5 kHz, permits quiet motor operation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="001336A5">
+    <w:p w14:paraId="10EB0ABF" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="001336A5">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA0A09">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>This drive has one control logic board for all horsepower ratings. Printed circuit boards employ surface</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="00DA0A09">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA0A09">
@@ -365,51 +363,51 @@
       <w:r w:rsidRPr="00DA0A09">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> motor control in </w:t>
       </w:r>
       <w:r w:rsidR="00B474E2" w:rsidRPr="00DA0A09">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>industrial applications</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA0A09">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="001336A5">
+    <w:p w14:paraId="2407F816" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="001336A5">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Operating Principle:</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
@@ -463,515 +461,533 @@
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Unique firmware algorithms optimize motor magnetization through control of voltage, current</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> and frequency applied to generate a nearly sinusoidal output waveform.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B5CC6" w:rsidRPr="008D13F5" w:rsidRDefault="001B5CC6" w:rsidP="006D772A">
+    <w:p w14:paraId="60C52E65" w14:textId="77777777" w:rsidR="001B5CC6" w:rsidRPr="008D13F5" w:rsidRDefault="001B5CC6" w:rsidP="006D772A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:t>STANDARDS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009663C4" w:rsidRPr="008D13F5" w:rsidRDefault="009663C4" w:rsidP="008718C8">
+    <w:p w14:paraId="0791C0B2" w14:textId="77777777" w:rsidR="009663C4" w:rsidRPr="008D13F5" w:rsidRDefault="009663C4" w:rsidP="008718C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>UL 508C (Power Conversion)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009663C4" w:rsidRPr="000D6488" w:rsidRDefault="009663C4" w:rsidP="008718C8">
+    <w:p w14:paraId="7D9A24A2" w14:textId="77777777" w:rsidR="009663C4" w:rsidRPr="000D6488" w:rsidRDefault="009663C4" w:rsidP="008718C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>CSA 22.2 No. 274</w:t>
       </w:r>
       <w:r w:rsidRPr="000D6488">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Adjustable Speed Drives)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009663C4" w:rsidRPr="008D13F5" w:rsidRDefault="009663C4" w:rsidP="008718C8">
+    <w:p w14:paraId="1D7C4EFE" w14:textId="77777777" w:rsidR="009663C4" w:rsidRPr="008D13F5" w:rsidRDefault="009663C4" w:rsidP="008718C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D6488">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>UL 1995 (Plenum)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
+    <w:p w14:paraId="44EF2EBB" w14:textId="77777777" w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>EN 61800-3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
+    <w:p w14:paraId="26E08836" w14:textId="77777777" w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>EN ISO 13849-1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
+    <w:p w14:paraId="0ED65603" w14:textId="77777777" w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00750217">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">EN </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>IEC 62061</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
+    <w:p w14:paraId="4FAE7520" w14:textId="77777777" w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>EN IEC 61800-5-1, -5-2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
+    <w:p w14:paraId="72D023C4" w14:textId="77777777" w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>EN IEC 63000</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
+    <w:p w14:paraId="35F8F98F" w14:textId="77777777" w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>EN IEC 61508-1, -2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
+    <w:p w14:paraId="2B8AB765" w14:textId="77777777" w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>EN IEC 61326-3-1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
+    <w:p w14:paraId="03AA6C5F" w14:textId="77777777" w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>EN IEC 61000-6-7</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
+    <w:p w14:paraId="3C0C2159" w14:textId="77777777" w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>RCM/ACMA: EN 55011</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
+    <w:p w14:paraId="38682CF2" w14:textId="77777777" w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00750217">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>IEC 60529</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
+    <w:p w14:paraId="0F91230C" w14:textId="77777777" w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00750217">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>IEEE C62.41</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
+    <w:p w14:paraId="4DFA42C0" w14:textId="77777777" w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>IBC</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
+    <w:p w14:paraId="14DF8CDB" w14:textId="77777777" w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>HCAI (OSHP</w:t>
       </w:r>
       <w:r w:rsidRPr="00750217">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>D)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
+    <w:p w14:paraId="5F2B5D83" w14:textId="77777777" w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00750217">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">NFPA 70 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
+    <w:p w14:paraId="1DAF4E06" w14:textId="77777777" w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00750217">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">NEMA ICS 7.1-2014 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
+    <w:p w14:paraId="6950F114" w14:textId="77777777" w:rsidR="009663C4" w:rsidRPr="00750217" w:rsidRDefault="009663C4" w:rsidP="008718C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00750217">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">IEC 60146-1-1 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009663C4" w:rsidRDefault="009663C4" w:rsidP="008718C8">
+    <w:p w14:paraId="613D6F3F" w14:textId="77777777" w:rsidR="009663C4" w:rsidRDefault="009663C4" w:rsidP="008718C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00750217">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>UL, cUL listed, CE, RCM, TUV marked</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001B5CC6" w:rsidRPr="008D13F5" w:rsidRDefault="001B5CC6" w:rsidP="006D772A">
+        <w:t xml:space="preserve">UL, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00750217">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>cUL</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00750217">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> listed, CE, RCM, TUV marked</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CE19BB5" w14:textId="77777777" w:rsidR="001B5CC6" w:rsidRPr="008D13F5" w:rsidRDefault="001B5CC6" w:rsidP="006D772A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="360"/>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:t>ENVIRONMENTAL &amp; SERVICE CONDITIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001336A5" w:rsidRPr="00A57443" w:rsidRDefault="009D7ADD" w:rsidP="00A308ED">
+    <w:p w14:paraId="461F1DBC" w14:textId="77777777" w:rsidR="001336A5" w:rsidRPr="00A57443" w:rsidRDefault="009D7ADD" w:rsidP="00A308ED">
       <w:pPr>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Ambient service temperature:</w:t>
       </w:r>
       <w:r w:rsidR="005F7A47">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008A38FE" w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">-10°C to 40°C, </w:t>
       </w:r>
       <w:r w:rsidR="008A38FE" w:rsidRPr="00A57443">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>50°C maximum with derate</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F7A47" w:rsidRDefault="009D7ADD" w:rsidP="005F7A47">
+    <w:p w14:paraId="32C48ADE" w14:textId="77777777" w:rsidR="005F7A47" w:rsidRDefault="009D7ADD" w:rsidP="005F7A47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA0A09">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Ambient storage temperature:</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="00DA0A09">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA0A09">
@@ -1001,61 +1017,61 @@
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> 70</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>°</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009663C4" w:rsidRPr="008D13F5" w:rsidRDefault="009663C4" w:rsidP="005F7A47">
+    <w:p w14:paraId="39102AC2" w14:textId="77777777" w:rsidR="009663C4" w:rsidRPr="008D13F5" w:rsidRDefault="009663C4" w:rsidP="005F7A47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="001336A5">
+    <w:p w14:paraId="3C453296" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="001336A5">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Humidity:</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
@@ -1069,95 +1085,95 @@
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>% to 9</w:t>
       </w:r>
       <w:r w:rsidR="00376D5D" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>%, non-condensing</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="006B3020" w:rsidP="001336A5">
+    <w:p w14:paraId="45B283BA" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="006B3020" w:rsidP="001336A5">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB6E91">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Altitude: </w:t>
       </w:r>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>to 1,000 meters; 4,000 meters with derate</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="6C744B3D" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Service factor: 1.0</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="447746BD" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC6910">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Vibration: </w:t>
       </w:r>
       <w:r w:rsidR="001B4D17" w:rsidRPr="00AC6910">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>9.81 m/</w:t>
       </w:r>
       <w:r w:rsidR="00AC6910">
@@ -1174,274 +1190,274 @@
       <w:r w:rsidR="00AC6910" w:rsidRPr="00DA0A09">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>1.96 m/s²</w:t>
       </w:r>
       <w:r w:rsidR="00AC6910" w:rsidRPr="00AC6910">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001B4D17" w:rsidRPr="00AC6910">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>(0.2 G) at 20 Hz to 55 Hz.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF363F" w:rsidRDefault="00DF363F" w:rsidP="00057E93">
+    <w:p w14:paraId="2EE1A9F0" w14:textId="77777777" w:rsidR="00DF363F" w:rsidRDefault="00DF363F" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Plenum mounting capable</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009663C4" w:rsidRPr="008D13F5" w:rsidRDefault="009663C4" w:rsidP="00057E93">
+    <w:p w14:paraId="22411788" w14:textId="77777777" w:rsidR="009663C4" w:rsidRPr="008D13F5" w:rsidRDefault="009663C4" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00281FB8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Conformal coating: IEC 60721-3-3, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>3C2, 3S3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="363090DA" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>RoHS</w:t>
       </w:r>
       <w:r w:rsidR="005E7DE8" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> Compliant</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="00057E93" w:rsidRDefault="004C3A7E" w:rsidP="00057E93">
+    <w:p w14:paraId="0031C9E0" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="00057E93" w:rsidRDefault="004C3A7E" w:rsidP="00057E93">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>WEEE Directive</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B5CC6" w:rsidRPr="00680317" w:rsidRDefault="001B5CC6" w:rsidP="006D772A">
+    <w:p w14:paraId="111A3F37" w14:textId="77777777" w:rsidR="001B5CC6" w:rsidRPr="00680317" w:rsidRDefault="001B5CC6" w:rsidP="006D772A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>QUALITY ASSURANCE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="00E34542" w:rsidP="00057E93">
+    <w:p w14:paraId="36F7D43C" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="00E34542" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>In-</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>circuit testing of all prin</w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>ted circuit boards is conducted</w:t>
       </w:r>
       <w:r w:rsidR="002E1D0A">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> to ensure proper manufacturing</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="5C95CCEE" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Final printed circuit board ass</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>emblies are functionally tested</w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002E1D0A">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>via computerized test equipment</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="79E3AF48" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>All fully assembled controls are computer tested with induction motor loads to ass</w:t>
       </w:r>
       <w:r w:rsidR="002E1D0A">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>ure unit specifications are met</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="2EC861C8" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>The average MTBF (Mean Time Between Failure) is 28 years</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B5CC6" w:rsidRPr="00680317" w:rsidRDefault="001B5CC6" w:rsidP="006D772A">
+    <w:p w14:paraId="585BFC9D" w14:textId="77777777" w:rsidR="001B5CC6" w:rsidRPr="00680317" w:rsidRDefault="001B5CC6" w:rsidP="006D772A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>CONSTRUCTION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="003C31CF" w:rsidP="00057E93">
+    <w:p w14:paraId="5BF6ED66" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="003C31CF" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A5181">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Input</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> s</w:t>
       </w:r>
       <w:r w:rsidRPr="000A5181">
@@ -1568,51 +1584,51 @@
       <w:r w:rsidR="007456B1" w:rsidRPr="000C39C7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>DC bus reduces harmonics for cleaner power</w:t>
       </w:r>
       <w:r w:rsidR="007456B1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> and power line transient protection</w:t>
       </w:r>
       <w:r w:rsidR="007456B1" w:rsidRPr="000C39C7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF1E2E" w:rsidRPr="00AF1E2E" w:rsidRDefault="007456B1" w:rsidP="00AF1E2E">
+    <w:p w14:paraId="2AFE3E25" w14:textId="77777777" w:rsidR="00AF1E2E" w:rsidRPr="00AF1E2E" w:rsidRDefault="007456B1" w:rsidP="00AF1E2E">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Intermediate s</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>ection of the VFD - DC bus maintains a fixed DC v</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="00A57443">
         <w:rPr>
@@ -1648,83 +1664,83 @@
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">It is interfaced </w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">with the VFD diagnostic logic circuit to continuously monitor and protect the power components. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF1E2E" w:rsidRPr="001F3BD3" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
+    <w:p w14:paraId="76A2CDFB" w14:textId="77777777" w:rsidR="00AF1E2E" w:rsidRPr="001F3BD3" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
       <w:pPr>
         <w:rPr>
           <w:strike/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Output s</w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">ection of the VFD - Insulated Gate Bipolar Transistors (IGBTs) convert DC bus voltage to a variable frequency and voltage, utilizing a PWM sine-coded output to the motor. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF1E2E" w:rsidRDefault="00AF1E2E" w:rsidP="006D772A">
+    <w:p w14:paraId="5EC50D65" w14:textId="77777777" w:rsidR="00AF1E2E" w:rsidRDefault="00AF1E2E" w:rsidP="006D772A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00AF1E2E">
         <w:t>POWER AND CONTROL ELECTRONIC HOUSINGS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="00A32D3F" w:rsidP="00057E93">
+    <w:p w14:paraId="489FB53B" w14:textId="5B8E01A7" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="00A32D3F" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>IP55/UL TYPE 12</w:t>
       </w:r>
       <w:r w:rsidR="00720247" w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> with Main Switch</w:t>
       </w:r>
       <w:r w:rsidR="00BD3399" w:rsidRPr="00F02CD4">
@@ -1769,281 +1785,289 @@
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="004D3C92">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>3 through</w:t>
       </w:r>
       <w:r w:rsidR="00851347" w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E24CA3" w:rsidRPr="00F02CD4">
-[...5 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="002114C1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>60</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">0 HP; 480 V, </w:t>
+        <w:t xml:space="preserve"> HP; 480 V, </w:t>
       </w:r>
       <w:r w:rsidR="004D3C92">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>3 through</w:t>
       </w:r>
       <w:r w:rsidR="00657853" w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 75</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002114C1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>125</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> HP</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="31F87499" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Microprocessor</w:t>
       </w:r>
       <w:r w:rsidR="004B5A2F" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>based control circuit</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="239DD518" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Non-</w:t>
       </w:r>
       <w:r w:rsidR="004B5A2F" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="004D3C92">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>olatile memory (EEPROM):</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> all programming memory is saved when the</w:t>
       </w:r>
       <w:r w:rsidR="002E1D0A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> VFD is disconnected from power</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="7904C671" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Digital oper</w:t>
       </w:r>
       <w:r w:rsidR="00BD3399" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>ator keypad and display provide</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> local control and readout capability:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA13FE" w:rsidRPr="00A35CA2" w:rsidRDefault="00A34D62" w:rsidP="00057E93">
+    <w:p w14:paraId="473DDD41" w14:textId="77777777" w:rsidR="00AA13FE" w:rsidRPr="00A35CA2" w:rsidRDefault="00A34D62" w:rsidP="00057E93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:strike/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Local/Remote</w:t>
       </w:r>
       <w:r w:rsidR="00F0378C" w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>/Start/Stop</w:t>
       </w:r>
       <w:r w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> commands</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="2B5DD85D" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Speed Reference command</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="4A4221C8" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Reset command</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00F02CD4" w:rsidRDefault="00F0378C" w:rsidP="00057E93">
+    <w:p w14:paraId="6616BFC2" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00F02CD4" w:rsidRDefault="00F0378C" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">10-year designed </w:t>
       </w:r>
       <w:r w:rsidR="004D1C6A" w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>heat</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="00F02CD4">
@@ -2057,514 +2081,545 @@
       <w:r w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>/temperature</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> control</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B5A2F" w:rsidRPr="008D13F5" w:rsidRDefault="004B5A2F" w:rsidP="00057E93">
+    <w:p w14:paraId="11C767F8" w14:textId="77777777" w:rsidR="004B5A2F" w:rsidRPr="008D13F5" w:rsidRDefault="004B5A2F" w:rsidP="00057E93">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>USB mini-B port for quick and easy PC connection</w:t>
       </w:r>
       <w:r w:rsidR="00F26BED" w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> or any USB On-the-Go device</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B5CC6" w:rsidRPr="008D13F5" w:rsidRDefault="001B5CC6" w:rsidP="006D772A">
+    <w:p w14:paraId="29EC5D8D" w14:textId="77777777" w:rsidR="001B5CC6" w:rsidRPr="008D13F5" w:rsidRDefault="001B5CC6" w:rsidP="006D772A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:t>PROTECTION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D641CE" w:rsidRDefault="00D641CE" w:rsidP="00D641CE">
+    <w:p w14:paraId="6BCDB67F" w14:textId="77777777" w:rsidR="00D641CE" w:rsidRDefault="00D641CE" w:rsidP="00D641CE">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016382A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Suitable for use on a circuit capable of delivering not more than 100kA RMS symmetrical amperes</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00F02CD4" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="4DDF22E4" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00F02CD4" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Output curren</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">t overload rating of </w:t>
       </w:r>
       <w:r w:rsidR="005D59FD" w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>110% for 60 seconds, 140% for 2 seconds, 175% instantaneous</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00F02CD4" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="044A6F4E" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00F02CD4" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Output short circuit protection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00F02CD4" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="369CBB15" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00F02CD4" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Current limited stall prevention (overload trip prevention) during acceleration, deceleration, and run conditions</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00F02CD4" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="35C1F3DD" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00F02CD4" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Optically isolated operator controls</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0059346E" w:rsidRDefault="0059346E" w:rsidP="00057E93">
+    <w:p w14:paraId="6CB539F4" w14:textId="77777777" w:rsidR="0059346E" w:rsidRDefault="0059346E" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA1254">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Fault display with fault storage (10 most recent faults) and fault trace history </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="7F7D2937" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>“Hunting” prevention logic</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00106A14" w:rsidRPr="00FE0C13" w:rsidRDefault="00106A14" w:rsidP="00106A14">
+    <w:p w14:paraId="7FA3329D" w14:textId="77777777" w:rsidR="00106A14" w:rsidRPr="00FE0C13" w:rsidRDefault="00106A14" w:rsidP="00106A14">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D570D1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Restart after momentary power loss</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00F02CD4" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="32D9B92E" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00F02CD4" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Electronic ground fault protection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0059346E" w:rsidRDefault="0059346E" w:rsidP="0059346E">
+    <w:p w14:paraId="65A1F532" w14:textId="77777777" w:rsidR="0059346E" w:rsidRDefault="0059346E" w:rsidP="0059346E">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Electronic motor overload</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>/overtemperature</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> protection (UL approved) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>with thermal</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0C13">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> memory selection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0059346E" w:rsidRDefault="0059346E" w:rsidP="0059346E">
+    <w:p w14:paraId="1148770D" w14:textId="77777777" w:rsidR="0059346E" w:rsidRDefault="0059346E" w:rsidP="0059346E">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E17F4B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Electronic motor overload relay protects the motor while in operation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0059346E" w:rsidRPr="00FE0C13" w:rsidRDefault="0059346E" w:rsidP="0059346E">
+    <w:p w14:paraId="240BF92D" w14:textId="77777777" w:rsidR="0059346E" w:rsidRPr="00FE0C13" w:rsidRDefault="0059346E" w:rsidP="0059346E">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E17F4B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Proof of flow/loss of flow detection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00F02CD4" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="7A6309D0" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00F02CD4" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>DC bus charge indication</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895CAA" w:rsidRPr="008D13F5" w:rsidRDefault="0059346E" w:rsidP="0059346E">
+    <w:p w14:paraId="447C61EE" w14:textId="77777777" w:rsidR="00895CAA" w:rsidRPr="008D13F5" w:rsidRDefault="0059346E" w:rsidP="0059346E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E17F4B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Heatsink overtemperature with speed fold-back feature</w:t>
       </w:r>
       <w:r w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="0016382A" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="72C5BA8E" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="0016382A" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016382A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Cooling fan operating hours recorded</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="2692C449" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016382A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Input/</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="0016382A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="0016382A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>utput phase loss protection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0059346E" w:rsidRDefault="0059346E" w:rsidP="0059346E">
+    <w:p w14:paraId="6780F12B" w14:textId="77777777" w:rsidR="0059346E" w:rsidRDefault="0059346E" w:rsidP="0059346E">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00627556">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Overtorque/undertorque detection</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="0016382A" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+        <w:t>Overtorque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00627556">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00627556">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>undertorque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00627556">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> detection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58B0F7DB" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="0016382A" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016382A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Reverse prohib</w:t>
       </w:r>
       <w:r w:rsidR="003D79DF" w:rsidRPr="0016382A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>it selectable</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0059346E" w:rsidRPr="001A428B" w:rsidRDefault="0059346E" w:rsidP="0059346E">
+    <w:p w14:paraId="1821625B" w14:textId="77777777" w:rsidR="0059346E" w:rsidRPr="001A428B" w:rsidRDefault="0059346E" w:rsidP="0059346E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F018CB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Multiple emergency override modes for continuous no fault operation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B4D17" w:rsidRPr="008D13F5" w:rsidRDefault="001B4D17" w:rsidP="001B4D17">
+    <w:p w14:paraId="53C6EFB6" w14:textId="77777777" w:rsidR="001B4D17" w:rsidRPr="008D13F5" w:rsidRDefault="001B4D17" w:rsidP="001B4D17">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>OPERATION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRDefault="00DB1C5C" w:rsidP="002E0CF3">
+    <w:p w14:paraId="11E6EADE" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRDefault="00DB1C5C" w:rsidP="002E0CF3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>PI control, o</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="00F02CD4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>utput</w:t>
       </w:r>
@@ -2579,275 +2634,275 @@
       <w:r w:rsidR="009D7ADD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> can be programmed for other speed-related and control indications, including: RPM, CFM, GPM, PSI, in WC, % of maximum RPM</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> or custom</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A743E9" w:rsidRDefault="00A743E9" w:rsidP="00A743E9">
+    <w:p w14:paraId="62CD00A4" w14:textId="77777777" w:rsidR="00A743E9" w:rsidRDefault="00A743E9" w:rsidP="00A743E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002720CC">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Pump status display</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> capability:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A743E9" w:rsidRDefault="00A743E9" w:rsidP="00A743E9">
+    <w:p w14:paraId="6D9E840B" w14:textId="77777777" w:rsidR="00A743E9" w:rsidRDefault="00A743E9" w:rsidP="00A743E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="80"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00590DB6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>System pressure setpoint</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A743E9" w:rsidRDefault="00A743E9" w:rsidP="00A743E9">
+    <w:p w14:paraId="753C8C7C" w14:textId="77777777" w:rsidR="00A743E9" w:rsidRDefault="00A743E9" w:rsidP="00A743E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="80"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00590DB6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Control operation status</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A743E9" w:rsidRDefault="00A743E9" w:rsidP="00A743E9">
+    <w:p w14:paraId="2EE65FDE" w14:textId="77777777" w:rsidR="00A743E9" w:rsidRDefault="00A743E9" w:rsidP="00A743E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="80"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00590DB6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Pump motor output frequency</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A743E9" w:rsidRDefault="00A743E9" w:rsidP="00A743E9">
+    <w:p w14:paraId="56F89400" w14:textId="77777777" w:rsidR="00A743E9" w:rsidRDefault="00A743E9" w:rsidP="00A743E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="80"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00590DB6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Transducer feedback</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A743E9" w:rsidRDefault="00A743E9" w:rsidP="00A743E9">
+    <w:p w14:paraId="1952A15D" w14:textId="77777777" w:rsidR="00A743E9" w:rsidRDefault="00A743E9" w:rsidP="00A743E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="80"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00590DB6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Drive status monitors</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A743E9" w:rsidRDefault="00A743E9" w:rsidP="00A743E9">
+    <w:p w14:paraId="12052CB4" w14:textId="77777777" w:rsidR="00A743E9" w:rsidRDefault="00A743E9" w:rsidP="00A743E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="80"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00590DB6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Drive lifetime monitors</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A743E9" w:rsidRPr="008D13F5" w:rsidRDefault="00A743E9" w:rsidP="002E0CF3">
+    <w:p w14:paraId="6B90A68B" w14:textId="77777777" w:rsidR="00A743E9" w:rsidRPr="008D13F5" w:rsidRDefault="00A743E9" w:rsidP="002E0CF3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="27520255" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Power loss ride-th</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>rough</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2 seconds capable)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="103036A5" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>VFD accepts either a direct acting or a reverse acting speed command signal</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="24AD2186" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Bi-direct</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>ional “Speed Search” capability</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
@@ -2875,115 +2930,115 @@
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">current detection and </w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>residual voltage detection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="20EBD365" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>DC injectio</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>n braking, to prevent fan “wind</w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>milling”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="121988A2" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Remote Run/Stop command input</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00704F21" w:rsidRDefault="00704F21" w:rsidP="00704F21">
+    <w:p w14:paraId="789B7881" w14:textId="77777777" w:rsidR="00704F21" w:rsidRDefault="00704F21" w:rsidP="00704F21">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD51FB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Eight programmable multi-function input terminals (24 VDC) providing 60+ programmable features</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F813E3" w:rsidRDefault="00F813E3" w:rsidP="00F813E3">
+    <w:p w14:paraId="7F6ADBE7" w14:textId="77777777" w:rsidR="00F813E3" w:rsidRDefault="00F813E3" w:rsidP="00F813E3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Three</w:t>
       </w:r>
       <w:r w:rsidRPr="009F298D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> programmable 0 to 10 VDC or 4-20 </w:t>
       </w:r>
       <w:r>
@@ -3045,161 +3100,161 @@
       <w:r w:rsidRPr="009F298D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> feedback, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>PTC motor temperature</w:t>
       </w:r>
       <w:r w:rsidRPr="009F298D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> and others</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00704F21" w:rsidRDefault="00704F21" w:rsidP="00704F21">
+    <w:p w14:paraId="4183349D" w14:textId="77777777" w:rsidR="00704F21" w:rsidRDefault="00704F21" w:rsidP="00704F21">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F298D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Two programmable 0 to 10 VDC or 4-20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>ma analog outputs:</w:t>
       </w:r>
       <w:r w:rsidRPr="009F298D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> proportional to drive monitor functions including output frequency, output current, output power, PI feedback, output voltage and others</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00704F21" w:rsidRDefault="00704F21" w:rsidP="00704F21">
+    <w:p w14:paraId="61864313" w14:textId="77777777" w:rsidR="00704F21" w:rsidRDefault="00704F21" w:rsidP="00704F21">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD51FB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Three programmable multi-function output relays</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD51FB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Form </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>A rated 2 A @ 250 VAC &amp; 30 VDC</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD51FB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> providing 50+ functions</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00704F21" w:rsidRPr="009F298D" w:rsidRDefault="00704F21" w:rsidP="00704F21">
+    <w:p w14:paraId="76C81A26" w14:textId="77777777" w:rsidR="00704F21" w:rsidRPr="009F298D" w:rsidRDefault="00704F21" w:rsidP="00704F21">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD51FB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>One fix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>ed “Fault” Form C output relay: Rated 2 A @ 250 VAC &amp; 30 VDC</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="00E36D04" w:rsidP="002E0CF3">
+    <w:p w14:paraId="75A0135F" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="00E36D04" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00285B39">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Eight</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="00285B39">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="00285B39">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -3211,51 +3266,51 @@
       <w:r w:rsidR="001B624E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>rogrammable</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="00285B39">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> application </w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="00285B39">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>presets</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008565B5" w:rsidRPr="00057E93" w:rsidRDefault="005D59FD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="19140F30" w14:textId="77777777" w:rsidR="008565B5" w:rsidRPr="00057E93" w:rsidRDefault="005D59FD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="008565B5" w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>-Line</w:t>
       </w:r>
       <w:r w:rsidRPr="00A57443">
@@ -3330,409 +3385,409 @@
         </w:rPr>
         <w:t xml:space="preserve">output </w:t>
       </w:r>
       <w:r w:rsidR="008565B5" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">frequency, output </w:t>
       </w:r>
       <w:r w:rsidR="008565B5" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>voltage, output current, output power, DC bus voltage, interface terminal statu</w:t>
       </w:r>
       <w:r w:rsidR="00AD3E71">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>s, PI feedback and fault status</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D13F5" w:rsidRDefault="008D13F5" w:rsidP="00EE2B81">
+    <w:p w14:paraId="319758AA" w14:textId="77777777" w:rsidR="008D13F5" w:rsidRDefault="008D13F5" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:sectPr w:rsidR="008D13F5" w:rsidSect="001B624E">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="2" w:space="288"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AF1E2E" w:rsidRPr="00057E93" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
+    <w:p w14:paraId="16313C64" w14:textId="77777777" w:rsidR="00AF1E2E" w:rsidRPr="00057E93" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">ver 100 programmable functions </w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">resettable to factory </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB7ED5">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>presets</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF1E2E" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
+    <w:p w14:paraId="79E67881" w14:textId="77777777" w:rsidR="00AF1E2E" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>User parameter initialization to re-establish project specific parameters</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF1E2E" w:rsidRPr="009F298D" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
+    <w:p w14:paraId="19A9E533" w14:textId="77777777" w:rsidR="00AF1E2E" w:rsidRPr="009F298D" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000811DD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Automatic parameter backup with selectable time intervals</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF1E2E" w:rsidRPr="00057E93" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
+    <w:p w14:paraId="25CAA494" w14:textId="77777777" w:rsidR="00AF1E2E" w:rsidRPr="00057E93" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Ramp-to-stop, coast-to-stop, DC injection braking-to-stop or coast-to-stop with timer selection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF1E2E" w:rsidRPr="00057E93" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
+    <w:p w14:paraId="6A188D71" w14:textId="77777777" w:rsidR="00AF1E2E" w:rsidRPr="00057E93" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Auto restart capability: 0 to 10 attempts with adjustable delay time between attempts</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF1E2E" w:rsidRPr="00057E93" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
+    <w:p w14:paraId="4AF7136C" w14:textId="77777777" w:rsidR="00AF1E2E" w:rsidRPr="00057E93" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>One custom selectable Volts/Hertz pattern and multiple preset Volts/Hertz patterns</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF1E2E" w:rsidRPr="00057E93" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
+    <w:p w14:paraId="03B0FB3E" w14:textId="77777777" w:rsidR="00AF1E2E" w:rsidRPr="00057E93" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Frequency</w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> reference input signal, adjustable for bias and gain</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF1E2E" w:rsidRPr="00057E93" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
+    <w:p w14:paraId="37A3274E" w14:textId="77777777" w:rsidR="00AF1E2E" w:rsidRPr="00057E93" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>While the VFD is running, operational changes in control and display functions are possible, including:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF1E2E" w:rsidRPr="00057E93" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
+    <w:p w14:paraId="0927B481" w14:textId="77777777" w:rsidR="00AF1E2E" w:rsidRPr="00057E93" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Acceleration time: </w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">0 to 6000 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>seconds</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF1E2E" w:rsidRPr="00057E93" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
+    <w:p w14:paraId="5344722F" w14:textId="77777777" w:rsidR="00AF1E2E" w:rsidRPr="00057E93" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
         <w:t>Deceleration time: 0 to 6000 seconds</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF1E2E" w:rsidRPr="00057E93" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
+    <w:p w14:paraId="03DD4D32" w14:textId="77777777" w:rsidR="00AF1E2E" w:rsidRPr="00057E93" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
         <w:t>Frequency reference command</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF1E2E" w:rsidRPr="001B624E" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
+    <w:p w14:paraId="5BE71BA7" w14:textId="77777777" w:rsidR="00AF1E2E" w:rsidRPr="001B624E" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
         <w:t>Monitor display</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF1E2E" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
+    <w:p w14:paraId="4C1CC11D" w14:textId="77777777" w:rsidR="00AF1E2E" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Automatic energy sa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>ving optimized, reduced voltage operation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF1E2E" w:rsidRDefault="00AF1E2E" w:rsidP="006D772A">
+    <w:p w14:paraId="06296183" w14:textId="77777777" w:rsidR="00AF1E2E" w:rsidRDefault="00AF1E2E" w:rsidP="006D772A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>PRODUCT FEATURES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF1E2E" w:rsidRPr="001B624E" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
+    <w:p w14:paraId="7C8E883F" w14:textId="77777777" w:rsidR="00AF1E2E" w:rsidRPr="001B624E" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>VFD efficiency: 96% at half-speed; 98% at full-speed</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF1E2E" w:rsidRPr="001B624E" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
+    <w:p w14:paraId="030DD8CB" w14:textId="77777777" w:rsidR="00AF1E2E" w:rsidRPr="001B624E" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Controlled speed range of 40:1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF1E2E" w:rsidRPr="00571776" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
+    <w:p w14:paraId="4542999F" w14:textId="77777777" w:rsidR="00AF1E2E" w:rsidRPr="00571776" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00571776">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Maximum output frequency: 400 Hz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF1E2E" w:rsidRPr="00293EB5" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
+    <w:p w14:paraId="270C333F" w14:textId="77777777" w:rsidR="00AF1E2E" w:rsidRPr="00293EB5" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Functional safety: Safe Torque Off</w:t>
       </w:r>
       <w:r w:rsidRPr="006F2DDC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
@@ -3745,2468 +3800,2494 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="006F2DDC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>SIL3, Cat. 3, PLe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF1E2E" w:rsidRPr="001B624E" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
+    <w:p w14:paraId="1A16B122" w14:textId="77777777" w:rsidR="00AF1E2E" w:rsidRPr="001B624E" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>140% starting torque capability, available from 3 Hz to 60 Hz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="7396367F" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Displacement power factor of .98 throughout the motor speed range</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D2778" w:rsidRPr="001B624E" w:rsidRDefault="002D2778" w:rsidP="002D2778">
+    <w:p w14:paraId="64B59B79" w14:textId="77777777" w:rsidR="002D2778" w:rsidRPr="001B624E" w:rsidRDefault="002D2778" w:rsidP="002D2778">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Remote speed reference (speed command) signal:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D2778" w:rsidRPr="001B624E" w:rsidRDefault="002D2778" w:rsidP="002D2778">
+    <w:p w14:paraId="261A5C2E" w14:textId="77777777" w:rsidR="002D2778" w:rsidRPr="001B624E" w:rsidRDefault="002D2778" w:rsidP="002D2778">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>0 to 10 VDC (20 kΩ)</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002D2778" w:rsidRPr="001B624E" w:rsidRDefault="002D2778" w:rsidP="002D2778">
+        <w:t xml:space="preserve">0 to 10 VDC (20 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B624E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>kΩ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B624E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C4F27C7" w14:textId="77777777" w:rsidR="002D2778" w:rsidRPr="001B624E" w:rsidRDefault="002D2778" w:rsidP="002D2778">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>4 to 20 mA DC (250 Ω)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF1E2E" w:rsidRPr="001B624E" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
+    <w:p w14:paraId="63B5D9AD" w14:textId="77777777" w:rsidR="00AF1E2E" w:rsidRPr="001B624E" w:rsidRDefault="00AF1E2E" w:rsidP="00AF1E2E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>24 VDC, 150 mA transmitter power supply</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F30777" w:rsidRPr="001B624E" w:rsidRDefault="00F30777" w:rsidP="00EE2B81">
+    <w:p w14:paraId="526CC0A0" w14:textId="77777777" w:rsidR="00F30777" w:rsidRPr="001B624E" w:rsidRDefault="00F30777" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Data logging – record status fo</w:t>
       </w:r>
       <w:r w:rsidR="007B3698" w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> up to 10 monitors with adjustable sample time</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="001B624E">
+    <w:p w14:paraId="3126A0DA" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="001B624E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Built-In real time clock for time</w:t>
       </w:r>
       <w:r w:rsidR="00AF2F2B" w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> date stamping</w:t>
       </w:r>
       <w:r w:rsidR="007176D5" w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C2153" w:rsidRPr="001B624E" w:rsidRDefault="001C2153" w:rsidP="00EE2B81">
+    <w:p w14:paraId="31F5A629" w14:textId="77777777" w:rsidR="001C2153" w:rsidRPr="001B624E" w:rsidRDefault="001C2153" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Custom monitors (up to 12 monitors) with bar graph, analog gauge, and trend plot display functions</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="37F43A01" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Two internal (PI) </w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ontrols</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="2F61FA4D" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Drive internal PI closed</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>loop control with selectable engineering units</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="5CCC2FD1" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Independent PI control for use with external device</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="20534895" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Feedback signal low pass filter</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="361445EF" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Feedback signal loss detection and selectable response strategy</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="42CBB871" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Feedback signal inverse and square root capability</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="1C6F9FFE" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Input and output terminal status indication</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="01599E0E" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Diagnostic fault indication</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="00AF1E2E" w:rsidP="00EE2B81">
+    <w:p w14:paraId="66113D33" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="00AF1E2E" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>“S-curve” soft start / soft stop capability</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="3E65BD9F" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Serial communication loss detection and selectable response strategy</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="602857DF" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>“Up/Down” floating point control capability</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D13F5" w:rsidRPr="001B624E" w:rsidRDefault="008D13F5" w:rsidP="008D13F5">
+    <w:p w14:paraId="06C0016C" w14:textId="77777777" w:rsidR="008D13F5" w:rsidRPr="001B624E" w:rsidRDefault="008D13F5" w:rsidP="008D13F5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Critical frequency rejection capability: three selectable, adjustable bandwidths</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0097046C" w:rsidRPr="001B624E" w:rsidRDefault="0097046C" w:rsidP="008D13F5">
+    <w:p w14:paraId="0F0345EF" w14:textId="77777777" w:rsidR="0097046C" w:rsidRPr="001B624E" w:rsidRDefault="0097046C" w:rsidP="008D13F5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Analog/Digital Virtual I/O – internally sends an output to an input (no wiring needed)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="00407801" w:rsidP="00EE2B81">
+    <w:p w14:paraId="0B9E900F" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="00407801" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Adjustable carrier frequency </w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>from 1 kHz to 12.5 kHz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="5D0945B2" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Dynamic noise control for quiet motor operation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="47C3AAFC" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Programmable security code</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="001B624E" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="38835FE9" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="001B624E" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Cloud service (Yaskawa Drive Cloud) for product registration and parameter storage</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="001B624E" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="230349BC" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="001B624E" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Store up to four additional parameter sets in keypad</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="006B4107" w:rsidP="00EE2B81">
+    <w:p w14:paraId="50306DD7" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="006B4107" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">16 </w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>preset speeds</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A34D62" w:rsidRPr="001B624E" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
+    <w:p w14:paraId="6CF2A1F3" w14:textId="77777777" w:rsidR="00A34D62" w:rsidRPr="001B624E" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Built-in Modbus RTU communications</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A34D62" w:rsidRPr="001B624E" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
+    <w:p w14:paraId="333BE71B" w14:textId="77777777" w:rsidR="00A34D62" w:rsidRPr="001B624E" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Optional network communications include:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A34D62" w:rsidRPr="009D32E7" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
+    <w:p w14:paraId="1C1DCC28" w14:textId="77777777" w:rsidR="00A34D62" w:rsidRPr="009D32E7" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009D32E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>EtherNet/IP</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00A34D62" w:rsidRPr="009D32E7" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
+        <w:t>EtherNet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D32E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/IP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DA11BC4" w14:textId="77777777" w:rsidR="00A34D62" w:rsidRPr="009D32E7" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009D32E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>EtherNet/IP dual port</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00A34D62" w:rsidRPr="009D32E7" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
+        <w:t>EtherCAT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="28B332AE" w14:textId="77777777" w:rsidR="00A34D62" w:rsidRPr="009D32E7" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D32E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>EtherCAT</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00A34D62" w:rsidRPr="009D32E7" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
+        <w:t>Modbus/TCP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="490C584C" w14:textId="71E24167" w:rsidR="00A34D62" w:rsidRPr="009D32E7" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D32E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Modbus/TCP</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00A34D62" w:rsidRPr="009D32E7" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
+        <w:t>PROFINET</w:t>
+      </w:r>
+      <w:r w:rsidR="003D39F8" w:rsidRPr="009D32E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> RT </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79A43F56" w14:textId="77777777" w:rsidR="00A34D62" w:rsidRPr="009D32E7" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D32E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Modbus/TCP dual port</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00A34D62" w:rsidRPr="009D32E7" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
+        <w:t>PROFIBUS-DP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D1EBD61" w14:textId="77777777" w:rsidR="00A34D62" w:rsidRPr="001B624E" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D32E7">
-[...18 lines deleted...]
-    <w:p w:rsidR="00A34D62" w:rsidRPr="009D32E7" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B624E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>DeviceNet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="0F5404E3" w14:textId="77777777" w:rsidR="00A34D62" w:rsidRPr="009D32E7" w:rsidRDefault="00610186" w:rsidP="00A34D62">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D32E7">
-[...9 lines deleted...]
-    <w:p w:rsidR="00A34D62" w:rsidRPr="001B624E" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>LonWorks</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="254C395B" w14:textId="77777777" w:rsidR="00A34D62" w:rsidRPr="001B624E" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>DeviceNet</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00A34D62" w:rsidRPr="009D32E7" w:rsidRDefault="00610186" w:rsidP="00A34D62">
+        <w:t>BACnet MSTP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78411712" w14:textId="77777777" w:rsidR="00A34D62" w:rsidRPr="001B624E" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-    <w:p w:rsidR="00A34D62" w:rsidRPr="001B624E" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
+      <w:r w:rsidRPr="001B624E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>APOGEE/METASYS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="741F0486" w14:textId="77777777" w:rsidR="00A34D62" w:rsidRPr="001B624E" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>BACnet MSTP</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00A34D62" w:rsidRPr="001B624E" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
+        <w:t>CANopen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="64FD739A" w14:textId="77777777" w:rsidR="00A34D62" w:rsidRPr="001B624E" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>APOGEE/METASYS</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00A34D62" w:rsidRPr="001B624E" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
+        <w:t>CC-Link</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A48BC93" w14:textId="77777777" w:rsidR="00A34D62" w:rsidRPr="001B624E" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>CANopen</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00A34D62" w:rsidRPr="001B624E" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
+        <w:t>MECHATROLINK II</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0377473F" w14:textId="77777777" w:rsidR="00A34D62" w:rsidRPr="001B624E" w:rsidRDefault="00A34D62" w:rsidP="00A34D62">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>CC-Link</w:t>
-[...9 lines deleted...]
-        </w:numPr>
+        <w:t>MECHATROLINK III</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11F4E853" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="004C3A7E" w:rsidP="00EE2B81">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>MECHATROLINK II</w:t>
-[...10 lines deleted...]
-        <w:spacing w:after="120"/>
+        <w:t xml:space="preserve">Rotational as well as </w:t>
+      </w:r>
+      <w:r w:rsidR="009D7ADD" w:rsidRPr="001B624E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Stationary motor auto-tuning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B81609C" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRDefault="009D32E7" w:rsidP="00EE2B81">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D32E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00D57DD7" w:rsidRPr="009D32E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>High Slip Braking</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D32E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00D57DD7" w:rsidRPr="009D32E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (HSB)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D57DD7" w:rsidRPr="001B624E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009D7ADD" w:rsidRPr="001B624E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>function stops the motor in up to half the time it w</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ould take without this function</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D64442C" w14:textId="77777777" w:rsidR="00AF1E2E" w:rsidRPr="001B624E" w:rsidRDefault="00AF1E2E" w:rsidP="00EE2B81">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A981D6E" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="001B624E" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>MECHATROLINK III</w:t>
-[...5 lines deleted...]
-        <w:spacing w:after="120"/>
+        <w:t>Control Methods Include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38ADEFCF" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="001B624E" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rotational as well as </w:t>
-[...75 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">     V/F Control</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03D5B2F1" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="001B624E" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B624E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Enhanced PM Motor control</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="383E79C1" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="001B624E" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B624E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B624E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>SynRM</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B624E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Motor Control</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FD1AF6A" w14:textId="77777777" w:rsidR="0097046C" w:rsidRPr="001B624E" w:rsidRDefault="0097046C" w:rsidP="0097046C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B624E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Motor Types:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A43483B" w14:textId="77777777" w:rsidR="0097046C" w:rsidRPr="001B624E" w:rsidRDefault="0097046C" w:rsidP="0097046C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B624E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Induction</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4236C74A" w14:textId="77777777" w:rsidR="0097046C" w:rsidRPr="001B624E" w:rsidRDefault="0097046C" w:rsidP="0097046C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B624E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Permanent Magnet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A884324" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="001B624E" w:rsidRDefault="0097046C" w:rsidP="0097046C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B624E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Synchronous Reluctance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68848D13" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="009860E8" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009860E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">LCD </w:t>
+      </w:r>
+      <w:r w:rsidR="00C42431" w:rsidRPr="009860E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Local/Remote </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009860E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">keypad with </w:t>
+      </w:r>
+      <w:r w:rsidR="00C42431" w:rsidRPr="009860E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00C55A60" w:rsidRPr="009860E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">opy keypad </w:t>
+      </w:r>
+      <w:r w:rsidR="00D641CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>capability</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4024F94E" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="009860E8" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009860E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Motor preheat function</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="657CF249" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="001B624E" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009860E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Self-regulating lead/lag control for multiple </w:t>
+      </w:r>
+      <w:r w:rsidR="00423C00" w:rsidRPr="009860E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>drives (up to 5 fans or pumps</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009860E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0567C944" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="001B624E" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B624E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Drive/motor alternation control (share motor run time for lead drive/motor)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79A0FB02" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="001B624E" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B624E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Up to four PID setpoints</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FCA7C9B" w14:textId="77777777" w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...107 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="001B624E">
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C9689A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Motor Types:</w:t>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>nhance pump control features:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="061B09F9" w14:textId="77777777" w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B624E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">     Induction</w:t>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C9689A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="001B624E">
+        <w:t>Easy sleep/wakeup PID setup</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="565A49C2" w14:textId="77777777" w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">     Permanent Magnet</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="001B624E">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">     Synchronous Reluctance</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="009860E8" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C9689A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>No flow/deadhead protection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60CC6912" w14:textId="77777777" w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C9689A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Submersible motor thrust bearing control</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CE7D053" w14:textId="77777777" w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C9689A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Automatic system restart</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="042FD281" w14:textId="77777777" w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C9689A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Sleep boost</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39AB43E1" w14:textId="77777777" w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C9689A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Low and high pressure feedback detection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A57DE3C" w14:textId="77777777" w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C9689A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Power loss utility start delay timer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17F5994A" w14:textId="77777777" w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C9689A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Loss of prime (LOP)/pump dry-run protection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4406582A" w14:textId="77777777" w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C9689A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Pre-charge control (controlled pipe fill)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42712A82" w14:textId="77777777" w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C9689A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Optional dual transducer feedback for redundancy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A78A29C" w14:textId="77777777" w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C9689A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Impeller de-scaling/de-ragging control</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5102E4EE" w14:textId="77777777" w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="00E7361A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77156961" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="009860E8" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009860E8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">LCD </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Local/Remote </w:t>
+        <w:t>Low city</w:t>
+      </w:r>
+      <w:r w:rsidR="00B21304" w:rsidRPr="009860E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, low/high water</w:t>
       </w:r>
       <w:r w:rsidRPr="009860E8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">keypad with </w:t>
-[...131 lines deleted...]
-    <w:p w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
+        <w:t xml:space="preserve"> alarm digital input</w:t>
+      </w:r>
+      <w:r w:rsidR="00B21304" w:rsidRPr="009860E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> selections</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B78B629" w14:textId="77777777" w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B062B8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>E</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C9689A">
+        <w:t>Draw down start level selection for PID setpoint</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30F1098E" w14:textId="77777777" w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>nhance pump control features:</w:t>
-[...6 lines deleted...]
-        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B32589">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-[...427 lines deleted...]
-        </w:rPr>
         <w:t>Contactor Multiplexing features:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
+    <w:p w14:paraId="2A084B14" w14:textId="77777777" w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE7298">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Stage/de-stage control – add/remove drive based on feedback or output frequency</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
+    <w:p w14:paraId="1B35047A" w14:textId="77777777" w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE7298">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Speed reduction after lag pump staging</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
+    <w:p w14:paraId="5BF9775D" w14:textId="77777777" w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE7298">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Setpoint boost after de-staging</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
+    <w:p w14:paraId="0C6509B9" w14:textId="77777777" w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE7298">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Hard current limit</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
+    <w:p w14:paraId="1B32B701" w14:textId="77777777" w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE7298">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Back spin timer</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0078268F" w:rsidRPr="00293EB5" w:rsidRDefault="0078268F" w:rsidP="0078268F">
+    <w:p w14:paraId="03A36F11" w14:textId="77777777" w:rsidR="0078268F" w:rsidRPr="00293EB5" w:rsidRDefault="0078268F" w:rsidP="0078268F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="2FE8A084" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="001B624E" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B624E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Flash upgradeable firmware</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B37624" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="0A62AA6B" w14:textId="77777777" w:rsidR="00B37624" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009860E8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Programming and firmware upgrade without three-phase main power</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
+    <w:p w14:paraId="063082C5" w14:textId="77777777" w:rsidR="0078268F" w:rsidRDefault="0078268F" w:rsidP="0078268F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005D314A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>DriveWizard Mobile App (Bluetooth or USB-on-the-Go)</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E7361A" w:rsidRPr="009860E8" w:rsidRDefault="00B37624" w:rsidP="00E7361A">
+        <w:t>DriveWizard</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D314A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mobile App (Bluetooth or USB-on-the-Go)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E158661" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="009860E8" w:rsidRDefault="00B37624" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009860E8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>DriveWizard Mobile</w:t>
+        <w:t>DriveWizard</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009860E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mobile</w:t>
       </w:r>
       <w:r w:rsidR="0078306E" w:rsidRPr="009860E8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> application programming</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E7361A" w:rsidRPr="009860E8" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="6AD0DD4D" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="009860E8" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009860E8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>LED Status Ring</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E7361A" w:rsidRPr="009860E8" w:rsidSect="001B624E">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="2" w:space="288"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B2490D" w:rsidRDefault="00B2490D" w:rsidP="008718C8">
+    <w:p w14:paraId="5C30E0F3" w14:textId="77777777" w:rsidR="00BA1959" w:rsidRDefault="00BA1959" w:rsidP="008718C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B2490D" w:rsidRDefault="00B2490D" w:rsidP="008718C8">
+    <w:p w14:paraId="638FA76A" w14:textId="77777777" w:rsidR="00BA1959" w:rsidRDefault="00BA1959" w:rsidP="008718C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
-    <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="008718C8" w:rsidRDefault="008718C8">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0C2717C4" w14:textId="77777777" w:rsidR="008718C8" w:rsidRDefault="008718C8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="008718C8" w:rsidRDefault="008718C8">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="48F8302D" w14:textId="77777777" w:rsidR="008718C8" w:rsidRDefault="008718C8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t>SG.FP605.40</w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t>Rev: 0</w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -6257,116 +6338,116 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00FB55A9">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="008718C8" w:rsidRDefault="008718C8">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2929BAEB" w14:textId="77777777" w:rsidR="008718C8" w:rsidRDefault="008718C8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B2490D" w:rsidRDefault="00B2490D" w:rsidP="008718C8">
+    <w:p w14:paraId="1B49B1AD" w14:textId="77777777" w:rsidR="00BA1959" w:rsidRDefault="00BA1959" w:rsidP="008718C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B2490D" w:rsidRDefault="00B2490D" w:rsidP="008718C8">
+    <w:p w14:paraId="19CBBF69" w14:textId="77777777" w:rsidR="00BA1959" w:rsidRDefault="00BA1959" w:rsidP="008718C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="008718C8" w:rsidRDefault="008718C8">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1639EEB6" w14:textId="77777777" w:rsidR="008718C8" w:rsidRDefault="008718C8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="008718C8" w:rsidRDefault="008718C8">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="329A22D7" w14:textId="77777777" w:rsidR="008718C8" w:rsidRDefault="008718C8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="008718C8" w:rsidRDefault="008718C8">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2DC5857E" w14:textId="77777777" w:rsidR="008718C8" w:rsidRDefault="008718C8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76D512D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E040B07A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6436,134 +6517,138 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="29769632">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009D7ADD"/>
     <w:rsid w:val="00006E53"/>
     <w:rsid w:val="000112AB"/>
     <w:rsid w:val="00022CF1"/>
     <w:rsid w:val="00027792"/>
     <w:rsid w:val="000337D9"/>
     <w:rsid w:val="00045BD7"/>
     <w:rsid w:val="00057E93"/>
     <w:rsid w:val="00070A40"/>
     <w:rsid w:val="00072454"/>
     <w:rsid w:val="000769BB"/>
     <w:rsid w:val="00077E2A"/>
     <w:rsid w:val="000874BF"/>
     <w:rsid w:val="000B013F"/>
     <w:rsid w:val="000D51D2"/>
     <w:rsid w:val="000D6488"/>
     <w:rsid w:val="00106A14"/>
     <w:rsid w:val="00115DBD"/>
     <w:rsid w:val="001172E0"/>
     <w:rsid w:val="001336A5"/>
     <w:rsid w:val="001500AB"/>
     <w:rsid w:val="0016382A"/>
     <w:rsid w:val="001A07E2"/>
     <w:rsid w:val="001A4311"/>
     <w:rsid w:val="001B4CF8"/>
     <w:rsid w:val="001B4D17"/>
     <w:rsid w:val="001B5CC6"/>
     <w:rsid w:val="001B624E"/>
     <w:rsid w:val="001C2153"/>
     <w:rsid w:val="001F3BD3"/>
+    <w:rsid w:val="002114C1"/>
     <w:rsid w:val="0022760C"/>
     <w:rsid w:val="00236780"/>
     <w:rsid w:val="00250E99"/>
     <w:rsid w:val="00257A6A"/>
     <w:rsid w:val="0026136A"/>
     <w:rsid w:val="00285B39"/>
     <w:rsid w:val="002D2778"/>
     <w:rsid w:val="002E08A7"/>
     <w:rsid w:val="002E0CF3"/>
     <w:rsid w:val="002E1D0A"/>
     <w:rsid w:val="003027A3"/>
     <w:rsid w:val="00323E7A"/>
     <w:rsid w:val="00376D5D"/>
     <w:rsid w:val="003C31CF"/>
     <w:rsid w:val="003D39F8"/>
     <w:rsid w:val="003D79DF"/>
     <w:rsid w:val="003F0CB4"/>
     <w:rsid w:val="003F1864"/>
     <w:rsid w:val="00407801"/>
     <w:rsid w:val="00423C00"/>
     <w:rsid w:val="0042621E"/>
     <w:rsid w:val="0044174D"/>
+    <w:rsid w:val="00463C38"/>
     <w:rsid w:val="00490536"/>
     <w:rsid w:val="004B0A86"/>
     <w:rsid w:val="004B5A2F"/>
     <w:rsid w:val="004B767C"/>
     <w:rsid w:val="004C099B"/>
     <w:rsid w:val="004C3A7E"/>
     <w:rsid w:val="004D1C6A"/>
     <w:rsid w:val="004D3C92"/>
     <w:rsid w:val="004D7F2B"/>
     <w:rsid w:val="004E5B1E"/>
     <w:rsid w:val="005105D2"/>
     <w:rsid w:val="0055367F"/>
     <w:rsid w:val="00571776"/>
     <w:rsid w:val="005828E4"/>
     <w:rsid w:val="0059346E"/>
     <w:rsid w:val="005D59FD"/>
     <w:rsid w:val="005E7DE8"/>
     <w:rsid w:val="005F7A47"/>
     <w:rsid w:val="00607457"/>
     <w:rsid w:val="00610186"/>
     <w:rsid w:val="00610B29"/>
     <w:rsid w:val="00613739"/>
     <w:rsid w:val="00633674"/>
     <w:rsid w:val="00651333"/>
     <w:rsid w:val="00657853"/>
@@ -6579,87 +6664,89 @@
     <w:rsid w:val="00704F21"/>
     <w:rsid w:val="00707714"/>
     <w:rsid w:val="0071171E"/>
     <w:rsid w:val="007176D5"/>
     <w:rsid w:val="00720247"/>
     <w:rsid w:val="007331B8"/>
     <w:rsid w:val="00743B82"/>
     <w:rsid w:val="007456B1"/>
     <w:rsid w:val="0078268F"/>
     <w:rsid w:val="0078306E"/>
     <w:rsid w:val="007B3698"/>
     <w:rsid w:val="007E057B"/>
     <w:rsid w:val="00802971"/>
     <w:rsid w:val="008212CD"/>
     <w:rsid w:val="00831264"/>
     <w:rsid w:val="0084676F"/>
     <w:rsid w:val="00851347"/>
     <w:rsid w:val="008565B5"/>
     <w:rsid w:val="008718C8"/>
     <w:rsid w:val="00890DBC"/>
     <w:rsid w:val="00891846"/>
     <w:rsid w:val="00895CAA"/>
     <w:rsid w:val="00895ED0"/>
     <w:rsid w:val="008A38FE"/>
     <w:rsid w:val="008B60A6"/>
+    <w:rsid w:val="008C7B45"/>
     <w:rsid w:val="008D13F5"/>
     <w:rsid w:val="009224A6"/>
     <w:rsid w:val="009663C4"/>
     <w:rsid w:val="0097046C"/>
     <w:rsid w:val="009860E8"/>
     <w:rsid w:val="009947E6"/>
     <w:rsid w:val="009C2856"/>
     <w:rsid w:val="009C2DAC"/>
     <w:rsid w:val="009C6BE8"/>
     <w:rsid w:val="009D32E7"/>
     <w:rsid w:val="009D7ADD"/>
     <w:rsid w:val="009E36AD"/>
     <w:rsid w:val="009E5F2A"/>
     <w:rsid w:val="009F6357"/>
     <w:rsid w:val="00A14CE4"/>
     <w:rsid w:val="00A308ED"/>
     <w:rsid w:val="00A32D3F"/>
     <w:rsid w:val="00A34D62"/>
     <w:rsid w:val="00A35CA2"/>
     <w:rsid w:val="00A45B3E"/>
     <w:rsid w:val="00A57443"/>
     <w:rsid w:val="00A57C4E"/>
     <w:rsid w:val="00A6189A"/>
     <w:rsid w:val="00A65804"/>
     <w:rsid w:val="00A743E9"/>
     <w:rsid w:val="00AA13FE"/>
     <w:rsid w:val="00AC6910"/>
     <w:rsid w:val="00AD3E71"/>
     <w:rsid w:val="00AD5BAB"/>
     <w:rsid w:val="00AF1E2E"/>
     <w:rsid w:val="00AF2F2B"/>
     <w:rsid w:val="00AF3EA3"/>
     <w:rsid w:val="00B21304"/>
     <w:rsid w:val="00B2490D"/>
     <w:rsid w:val="00B30310"/>
     <w:rsid w:val="00B37624"/>
     <w:rsid w:val="00B474E2"/>
+    <w:rsid w:val="00BA1959"/>
     <w:rsid w:val="00BA3755"/>
     <w:rsid w:val="00BA6DCB"/>
     <w:rsid w:val="00BD3399"/>
     <w:rsid w:val="00BE098D"/>
     <w:rsid w:val="00C2590F"/>
     <w:rsid w:val="00C27CC2"/>
     <w:rsid w:val="00C42431"/>
     <w:rsid w:val="00C55A60"/>
     <w:rsid w:val="00C94937"/>
     <w:rsid w:val="00D118C7"/>
     <w:rsid w:val="00D120A6"/>
     <w:rsid w:val="00D21E80"/>
     <w:rsid w:val="00D25343"/>
     <w:rsid w:val="00D57DD7"/>
     <w:rsid w:val="00D641CE"/>
     <w:rsid w:val="00D6493A"/>
     <w:rsid w:val="00DA0A09"/>
     <w:rsid w:val="00DB1C5C"/>
     <w:rsid w:val="00DC261E"/>
     <w:rsid w:val="00DF363F"/>
     <w:rsid w:val="00E039F9"/>
     <w:rsid w:val="00E24CA3"/>
     <w:rsid w:val="00E31023"/>
     <w:rsid w:val="00E34542"/>
     <w:rsid w:val="00E34D35"/>
@@ -6675,78 +6762,79 @@
     <w:rsid w:val="00F0378C"/>
     <w:rsid w:val="00F26BED"/>
     <w:rsid w:val="00F30777"/>
     <w:rsid w:val="00F41817"/>
     <w:rsid w:val="00F813E3"/>
     <w:rsid w:val="00FB55A9"/>
     <w:rsid w:val="00FB7ED5"/>
     <w:rsid w:val="00FD2F2E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="236762EC"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7074,50 +7162,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="001172E0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="240"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
@@ -7288,51 +7381,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008718C8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008718C8"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -7565,66 +7658,66 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1558</Words>
-  <Characters>9276</Characters>
+  <Words>1609</Words>
+  <Characters>9174</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>299</Lines>
-  <Paragraphs>235</Paragraphs>
+  <Lines>76</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10599</CharactersWithSpaces>
+  <CharactersWithSpaces>10762</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SG.FP605.40_FP605 IP55_UL Type 12 with switch</dc:title>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>