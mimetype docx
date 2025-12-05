--- v0 (2025-10-14)
+++ v1 (2025-12-05)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="001B5CC6" w:rsidRDefault="001B5CC6" w:rsidP="009D7ADD">
+    <w:p w14:paraId="72A8A25F" w14:textId="77777777" w:rsidR="001B5CC6" w:rsidRDefault="001B5CC6" w:rsidP="009D7ADD">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E3D6B57" wp14:editId="454BCA03">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5BF60B91" wp14:editId="0926A4AD">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>2371725</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>142875</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2124075" cy="403326"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Yaskawa_logo.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -64,158 +64,158 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2124075" cy="403326"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001172E0" w:rsidRDefault="001172E0" w:rsidP="009D7ADD"/>
-    <w:p w:rsidR="00D118C7" w:rsidRPr="00B37C13" w:rsidRDefault="00D118C7" w:rsidP="00D118C7">
+    <w:p w14:paraId="4A69FF56" w14:textId="77777777" w:rsidR="001172E0" w:rsidRDefault="001172E0" w:rsidP="009D7ADD"/>
+    <w:p w14:paraId="5F756493" w14:textId="77777777" w:rsidR="00D118C7" w:rsidRPr="00B37C13" w:rsidRDefault="00D118C7" w:rsidP="00D118C7">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Variable Frequency Drive (VFD)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D118C7" w:rsidRPr="00D118C7" w:rsidRDefault="00D118C7" w:rsidP="00D118C7">
+    <w:p w14:paraId="35A04F8B" w14:textId="77777777" w:rsidR="00D118C7" w:rsidRPr="00D118C7" w:rsidRDefault="00D118C7" w:rsidP="00D118C7">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">HV600 Mechanical Specification Submittal </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D118C7" w:rsidRPr="00D118C7" w:rsidRDefault="00D118C7" w:rsidP="00707714">
+    <w:p w14:paraId="62184FCD" w14:textId="77777777" w:rsidR="00D118C7" w:rsidRPr="00D118C7" w:rsidRDefault="00D118C7" w:rsidP="00707714">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Fo</w:t>
       </w:r>
       <w:r w:rsidR="001B4CF8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">r </w:t>
       </w:r>
       <w:r w:rsidR="002E08A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>IP55/UL</w:t>
       </w:r>
       <w:r w:rsidR="001B4CF8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00045BD7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">TYPE 12 </w:t>
       </w:r>
       <w:r w:rsidR="001B4CF8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Rated Drives</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00006E53" w:rsidRPr="00006E53" w:rsidRDefault="00006E53" w:rsidP="00707714">
+    <w:p w14:paraId="59BA502D" w14:textId="77777777" w:rsidR="00006E53" w:rsidRPr="00006E53" w:rsidRDefault="00006E53" w:rsidP="00707714">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00057E93" w:rsidRDefault="00057E93" w:rsidP="00707714">
+    <w:p w14:paraId="5BA2ACFB" w14:textId="77777777" w:rsidR="00057E93" w:rsidRDefault="00057E93" w:rsidP="00707714">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:sectPr w:rsidR="00057E93" w:rsidSect="00057E93">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001B5CC6" w:rsidRPr="00680317" w:rsidRDefault="001B5CC6" w:rsidP="00707714">
+    <w:p w14:paraId="0AD302D6" w14:textId="77777777" w:rsidR="001B5CC6" w:rsidRPr="00680317" w:rsidRDefault="001B5CC6" w:rsidP="00707714">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00680317">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>GENERAL</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="001336A5">
+    <w:p w14:paraId="5C208390" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="001336A5">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="001172E0" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>HV600</w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
@@ -254,51 +254,51 @@
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">range of </w:t>
       </w:r>
       <w:r w:rsidR="004C3A7E" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> kHz to 12.5 kHz, permits quiet motor operation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="001336A5">
+    <w:p w14:paraId="66641183" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="001336A5">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>This drive has one control logic board for all horsepower ratings. Printed circuit boards employ surface</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
@@ -320,51 +320,51 @@
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">The microprocessor delivers the computing power necessary for complete </w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>three-phase</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> motor control in building automation systems.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="001336A5">
+    <w:p w14:paraId="2800C581" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="001336A5">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Operating Principle:</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
@@ -418,399 +418,381 @@
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Unique firmware algorithms optimize motor magnetization through control of voltage, current</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> and frequency applied to generate a nearly sinusoidal output waveform.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B5CC6" w:rsidRPr="008D13F5" w:rsidRDefault="001B5CC6" w:rsidP="001336A5">
+    <w:p w14:paraId="40A5A374" w14:textId="77777777" w:rsidR="001B5CC6" w:rsidRPr="008D13F5" w:rsidRDefault="001B5CC6" w:rsidP="001336A5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:after="80"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>STANDARDS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="2D7C7ED2" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>UL 508C (Power Conversion)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="1C1A046D" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>CSA 22.2 No. 274-2017 (Adjustable Speed Drives)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="2D287DAD" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>UL 1995 (Plenum)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="056A128B" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>CE mark 2006/42/EC MD</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="515616EB" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>CE mark 2014/35/EU LVD</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="6EBA0697" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>CE mark 2014/30/EU EMC</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="719BCB29" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>EN 61800-3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="00CDCAED" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>EN 61800-5-1 (LVD)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="71EE9048" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>IEC 60529</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="6821FE1C" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>IEEE C62.41</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="7B1E6963" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>BTL Listed</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00223472" w:rsidRDefault="004C3A7E" w:rsidP="00223472">
+    <w:p w14:paraId="58BDE669" w14:textId="77777777" w:rsidR="00223472" w:rsidRDefault="004C3A7E" w:rsidP="00223472">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">UL, </w:t>
-[...20 lines deleted...]
-    <w:p w:rsidR="00223472" w:rsidRDefault="00A1324D" w:rsidP="00223472">
+        <w:t>UL, cUL listed; CE marked</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="083D3645" w14:textId="77777777" w:rsidR="00223472" w:rsidRDefault="00A1324D" w:rsidP="00223472">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>CBC, IBC, ASCE7, ICC-ES 156</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A1324D" w:rsidRPr="00223472" w:rsidRDefault="000D3EFC" w:rsidP="00223472">
+    <w:p w14:paraId="2F57ACAA" w14:textId="77777777" w:rsidR="00A1324D" w:rsidRPr="00223472" w:rsidRDefault="000D3EFC" w:rsidP="00223472">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>HCAI (OSHPD)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B5CC6" w:rsidRPr="008D13F5" w:rsidRDefault="001B5CC6" w:rsidP="001336A5">
+    <w:p w14:paraId="5187C70E" w14:textId="77777777" w:rsidR="001B5CC6" w:rsidRPr="008D13F5" w:rsidRDefault="001B5CC6" w:rsidP="001336A5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ENVIRONMENTAL &amp; SERVICE CONDITIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A38FE" w:rsidRPr="00A57443" w:rsidRDefault="009D7ADD" w:rsidP="00A308ED">
+    <w:p w14:paraId="60EC40FF" w14:textId="77777777" w:rsidR="008A38FE" w:rsidRPr="00A57443" w:rsidRDefault="009D7ADD" w:rsidP="00A308ED">
       <w:pPr>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Ambient service temperature:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001336A5" w:rsidRPr="00A57443" w:rsidRDefault="008A38FE" w:rsidP="00A308ED">
+    <w:p w14:paraId="62865977" w14:textId="77777777" w:rsidR="001336A5" w:rsidRPr="00A57443" w:rsidRDefault="008A38FE" w:rsidP="00A308ED">
       <w:pPr>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">-10°C to 40°C, </w:t>
       </w:r>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>50°C maximum with derate</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A07E2" w:rsidRDefault="009D7ADD" w:rsidP="001A07E2">
+    <w:p w14:paraId="57231A79" w14:textId="77777777" w:rsidR="001A07E2" w:rsidRDefault="009D7ADD" w:rsidP="001A07E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Ambient storage temperature</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="002E08A7" w:rsidRPr="008D13F5">
@@ -832,101 +814,101 @@
       <w:r w:rsidR="002E08A7" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00A308ED">
+    <w:p w14:paraId="78BB718A" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00A308ED">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>-20</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>°</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>C to 70</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>°</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="001336A5">
+    <w:p w14:paraId="49FFB651" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="001336A5">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Humidity:</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
@@ -940,321 +922,321 @@
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>% to 9</w:t>
       </w:r>
       <w:r w:rsidR="00376D5D" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>%, non-condensing</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="006B3020" w:rsidP="001336A5">
+    <w:p w14:paraId="72020C93" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="006B3020" w:rsidP="001336A5">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB6E91">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Altitude: </w:t>
       </w:r>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>to 1,000 meters; 4,000 meters with derate</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="53A96AB9" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Service factor: 1.0</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="257016D9" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Vibration: </w:t>
       </w:r>
       <w:r w:rsidR="001B4D17" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>9.81 m/s² (1 G) maximum at 10 to 20 Hz, 2.0 m/s² (0.2 G) at 20 Hz to 55 Hz.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF363F" w:rsidRPr="008D13F5" w:rsidRDefault="00DF363F" w:rsidP="00057E93">
+    <w:p w14:paraId="58293BED" w14:textId="77777777" w:rsidR="00DF363F" w:rsidRPr="008D13F5" w:rsidRDefault="00DF363F" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Plenum mounting capable</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="40ECDCAC" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>RoHS</w:t>
       </w:r>
       <w:r w:rsidR="005E7DE8" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> Compliant</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="00057E93" w:rsidRDefault="004C3A7E" w:rsidP="00057E93">
+    <w:p w14:paraId="59DA89B3" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="00057E93" w:rsidRDefault="004C3A7E" w:rsidP="00057E93">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>WEEE Directive</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B5CC6" w:rsidRPr="00680317" w:rsidRDefault="001B5CC6" w:rsidP="001B5CC6">
+    <w:p w14:paraId="2FE1825A" w14:textId="77777777" w:rsidR="001B5CC6" w:rsidRPr="00680317" w:rsidRDefault="001B5CC6" w:rsidP="001B5CC6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>QUALITY ASSURANCE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="00E34542" w:rsidP="00057E93">
+    <w:p w14:paraId="795286DE" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="00E34542" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>In-</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>circuit testing of all prin</w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>ted circuit boards is conducted</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> to ensure proper manufacturing.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="6E0CDA1F" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Final printed circuit board ass</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>emblies are functionally tested</w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> via computerized test equipment.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="7E18D19E" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>All fully assembled controls are computer tested with induction motor loads to assure unit specifications are met.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="192E8C11" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>The average MTBF (Mean Time Between Failure) is 28 years</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B5CC6" w:rsidRPr="00680317" w:rsidRDefault="001B5CC6" w:rsidP="001B5CC6">
+    <w:p w14:paraId="29C030C8" w14:textId="77777777" w:rsidR="001B5CC6" w:rsidRPr="00680317" w:rsidRDefault="001B5CC6" w:rsidP="001B5CC6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>CONSTRUCTION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="00E34542" w:rsidP="00057E93">
+    <w:p w14:paraId="4D1C42DF" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="00E34542" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>VFD power input stage converts three-phase</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> AC line p</w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
@@ -1307,51 +1289,51 @@
         <w:t xml:space="preserve"> with MOV (Metal Oxide Varistor) surge protection.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">An internal 5% </w:t>
       </w:r>
       <w:r w:rsidR="008A38FE" w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>split choke built in both positive and negative DC bus reduces harmonics for cleaner power.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="503E3329" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Intermediate Section of the VFD - DC bus maintains a fixed DC v</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>oltage</w:t>
       </w:r>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
@@ -1379,885 +1361,885 @@
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">It is interfaced </w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">with the VFD diagnostic logic circuit to continuously monitor and protect the power components. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="7D3D970A" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Output Section of the VFD - Insulated Gate Bipolar Transistors (IGBTs) convert DC bus voltage to a variable frequency and voltage, utilizing a PWM sine-coded output to the motor.</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B5A2F" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Motor noise at 60 Hz is less than 2 dB above the motor noise from across-the-line operation when measured at a distance of one meter</w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E0CF3" w:rsidRDefault="002E0CF3" w:rsidP="00707714">
+    <w:p w14:paraId="3ED85118" w14:textId="77777777" w:rsidR="002E0CF3" w:rsidRDefault="002E0CF3" w:rsidP="00707714">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:sectPr w:rsidR="002E0CF3" w:rsidSect="00057E93">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="2" w:space="288"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002E0CF3" w:rsidRDefault="002E0CF3" w:rsidP="00707714">
+    <w:p w14:paraId="0BABE64E" w14:textId="77777777" w:rsidR="002E0CF3" w:rsidRDefault="002E0CF3" w:rsidP="00707714">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:sectPr w:rsidR="002E0CF3" w:rsidSect="002E0CF3">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="288"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00707714" w:rsidRPr="008D13F5" w:rsidRDefault="00707714" w:rsidP="00707714">
+    <w:p w14:paraId="5CAEF6FB" w14:textId="77777777" w:rsidR="00707714" w:rsidRPr="008D13F5" w:rsidRDefault="00707714" w:rsidP="00707714">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>POWER AND CONTROL ELECTRONIC HOUSINGS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="00A32D3F" w:rsidP="00057E93">
+    <w:p w14:paraId="3F45E150" w14:textId="563F1F52" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="00A32D3F" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>IP55/UL TYPE 12</w:t>
       </w:r>
       <w:r w:rsidR="00BD3399" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">208 V, </w:t>
       </w:r>
       <w:r w:rsidR="00851347" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">3 thru </w:t>
       </w:r>
-      <w:r w:rsidR="00E24CA3" w:rsidRPr="008D13F5">
-[...5 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00DD6942">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">0 HP; 480 V, </w:t>
       </w:r>
       <w:r w:rsidR="00851347" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>3 thru 1</w:t>
       </w:r>
-      <w:r w:rsidR="00E24CA3" w:rsidRPr="008D13F5">
-[...5 lines deleted...]
-        <w:t>00</w:t>
+      <w:r w:rsidR="00DD6942">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>25</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> HP</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="76E183A4" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Microprocessor</w:t>
       </w:r>
       <w:r w:rsidR="004B5A2F" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>based control circuit</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="448412A7" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Non-</w:t>
       </w:r>
       <w:r w:rsidR="004B5A2F" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>olatile memory (EEPROM); all programming memory is saved when the VFD is disconnected from power.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="19CC760C" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Digital oper</w:t>
       </w:r>
       <w:r w:rsidR="00BD3399" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>ator keypad and display provide</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> local control and readout capability:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA13FE" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="53D97AFB" w14:textId="77777777" w:rsidR="00AA13FE" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Hand/Off/Auto commands</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="594FDA1B" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Speed Reference command</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="676F1F5D" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Reset command</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00057E93">
+    <w:p w14:paraId="2D131FA8" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Easy to remove heat</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>sink cooling fan with programmable on/off control</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B5A2F" w:rsidRPr="008D13F5" w:rsidRDefault="004B5A2F" w:rsidP="00057E93">
+    <w:p w14:paraId="51B246F3" w14:textId="77777777" w:rsidR="004B5A2F" w:rsidRPr="008D13F5" w:rsidRDefault="004B5A2F" w:rsidP="00057E93">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>USB mini-B port for quick and easy PC connection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B5CC6" w:rsidRPr="008D13F5" w:rsidRDefault="001B5CC6" w:rsidP="001B5CC6">
+    <w:p w14:paraId="3F58A6BA" w14:textId="77777777" w:rsidR="001B5CC6" w:rsidRPr="008D13F5" w:rsidRDefault="001B5CC6" w:rsidP="001B5CC6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>PROTECTION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="47010E3A" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Output curren</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">t overload rating of </w:t>
       </w:r>
       <w:r w:rsidR="005D59FD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>110% for 60 seconds, 140% for 2 seconds, 175% instantaneous</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="0E8BAD0D" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Output short circuit protection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="1F7A875E" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Current limited stall prevention (overload trip prevention) during acceleration, deceleration, and run conditions</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="3AA7EB1A" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Optically isolated operator controls</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="56F328FF" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fault display </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="4978B5B3" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>“Hunting” prevention logic</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="36DF5F8E" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Electronic ground fault protection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00057E93">
+    <w:p w14:paraId="3261A806" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Electronic motor overload protection (UL approved)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="6777B50F" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>DC bus charge indication</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009224A6" w:rsidP="00057E93">
+    <w:p w14:paraId="7669FA34" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009224A6" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Heat</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>sink overtemperature protection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="5AB0A376" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Cooling fan operating hours recorded</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="457BC866" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Input/</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>utput phase loss protection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="38C3C56D" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Line voltage sensors to monitor for brownout and blackout conditions with adjustable fault levels to ensure the proper settings pursuant to each application. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="4979AE4E" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Reverse prohibit selectability</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B4D17" w:rsidRPr="00A57443" w:rsidRDefault="006B3020" w:rsidP="001B4D17">
+    <w:p w14:paraId="5C20B9A8" w14:textId="77777777" w:rsidR="001B4D17" w:rsidRPr="00A57443" w:rsidRDefault="006B3020" w:rsidP="001B4D17">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Suitable for use on a circuit capable of delivering not more than 100kA RMS symmetrical amperes</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B4D17" w:rsidRPr="008D13F5" w:rsidRDefault="001B4D17" w:rsidP="001B4D17">
+    <w:p w14:paraId="6E7F3B45" w14:textId="77777777" w:rsidR="001B4D17" w:rsidRPr="008D13F5" w:rsidRDefault="001B4D17" w:rsidP="001B4D17">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001B4D17" w:rsidRPr="008D13F5" w:rsidRDefault="001B4D17" w:rsidP="001B4D17">
+    <w:p w14:paraId="2211ACB8" w14:textId="77777777" w:rsidR="001B4D17" w:rsidRPr="008D13F5" w:rsidRDefault="001B4D17" w:rsidP="001B4D17">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001B4D17" w:rsidRPr="008D13F5" w:rsidRDefault="001B4D17" w:rsidP="001B4D17">
+    <w:p w14:paraId="1B1BE2FE" w14:textId="77777777" w:rsidR="001B4D17" w:rsidRPr="008D13F5" w:rsidRDefault="001B4D17" w:rsidP="001B4D17">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001B4D17" w:rsidRPr="008D13F5" w:rsidRDefault="001B4D17" w:rsidP="001B4D17">
+    <w:p w14:paraId="17DFDD14" w14:textId="77777777" w:rsidR="001B4D17" w:rsidRPr="008D13F5" w:rsidRDefault="001B4D17" w:rsidP="001B4D17">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>OPERATION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="02310197" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Output frequency and speed display can be programmed for other speed-related and control indications, including: RPM, CFM, GPM, PSI, in WC, % of maximum RPM</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> or custom</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="2D16AF9C" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Power loss ride-th</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>rough</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2 seconds capable)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="5A5BBE87" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Time delay on start</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> peak avoidance</w:t>
       </w:r>
       <w:r w:rsidR="00C55A60" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> for smooth generator switchover</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="0CA91D22" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>VFD accepts either a direct acting or a reverse acting speed command signal</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="4ECF5DE5" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Bi-direct</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>ional “Speed Search” capability</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
@@ -2285,196 +2267,196 @@
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">current detection and </w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>residual voltage detection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="0451EB0B" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>DC injectio</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>n braking, to prevent fan “wind</w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>milling”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="55B2B819" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Remote Run/Stop command input</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="444D6C47" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Two programmable 0 to 10 VDC or 4-20</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>ma analog outputs, proportional to dr</w:t>
       </w:r>
       <w:r w:rsidR="00D6493A" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>ive monitor functions including</w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> output frequency, output current, output power, PI feed</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>back, output voltage and others</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="00E36D04" w:rsidP="002E0CF3">
+    <w:p w14:paraId="693FA76C" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="00E36D04" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Eight</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">rogrammable HVAC specific application </w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>presets</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008565B5" w:rsidRPr="00057E93" w:rsidRDefault="005D59FD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="4A06CCF3" w14:textId="77777777" w:rsidR="008565B5" w:rsidRPr="00057E93" w:rsidRDefault="005D59FD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="008565B5" w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>-Line</w:t>
       </w:r>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
@@ -2526,474 +2508,474 @@
       </w:r>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">readout functions that include </w:t>
       </w:r>
       <w:r w:rsidR="008565B5" w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">output </w:t>
       </w:r>
       <w:r w:rsidR="008565B5" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>frequency, output voltage, output current, output power, DC bus voltage, interface terminal status, PI feedback and fault status.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="01F163A4" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Over 100 programmable functions, resettable to factory HVAC presets</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="24884A7E" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>User parameter initialization</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> to</w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> re-establish project specific parameters</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="1B9E9B4B" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Ramp-to-stop or coast-to-stop selection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="2EB85CB8" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Auto restart capability: 0 to 10 attempts with adjustable delay time between attempts</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="71C9DBD4" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>One custom selectable Volts/Hertz pattern and multiple preset Volts/Hertz patterns</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="68033DD0" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Auto speed reference input signal, adjustable for bias and gain</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="5F6740AF" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>While the VFD is running, operational changes in control and display functions are possible, including:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="1729578A" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
         <w:t>Acceleration time (0 to 6000 seconds)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="280FF412" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
         <w:t>Deceleration time (0 to 6000 seconds)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="07130D17" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
         <w:t>Frequency reference command</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="00E9E7D4" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
         <w:t>Hand/Off/Auto commands</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="286F5389" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
         <w:t>Monitor display</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="51E465FE" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
         <w:t>Removable digital operator</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0D57" w:rsidRDefault="009D7ADD" w:rsidP="006A0D57">
+    <w:p w14:paraId="4229A198" w14:textId="77777777" w:rsidR="006A0D57" w:rsidRDefault="009D7ADD" w:rsidP="006A0D57">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Automatic energy sa</w:t>
       </w:r>
       <w:r w:rsidR="006A0D57">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>ving, reduced voltage operation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B4D17" w:rsidRDefault="001B4D17" w:rsidP="006A0D57">
-[...7 lines deleted...]
-    <w:p w:rsidR="001B5CC6" w:rsidRPr="006A0D57" w:rsidRDefault="006A0D57" w:rsidP="006A0D57">
+    <w:p w14:paraId="52291DFB" w14:textId="77777777" w:rsidR="001B4D17" w:rsidRDefault="001B4D17" w:rsidP="006A0D57">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E701741" w14:textId="77777777" w:rsidR="001B5CC6" w:rsidRPr="006A0D57" w:rsidRDefault="006A0D57" w:rsidP="006A0D57">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A0D57">
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="001B5CC6" w:rsidRPr="006A0D57">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>RODUCT FEATURES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D13F5" w:rsidRDefault="008D13F5" w:rsidP="00EE2B81">
+    <w:p w14:paraId="7D38CFC2" w14:textId="77777777" w:rsidR="008D13F5" w:rsidRDefault="008D13F5" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:sectPr w:rsidR="008D13F5" w:rsidSect="006A0D57">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="2" w:space="288"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="078739B2" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Displacement power factor of .98 throughout the motor speed range</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="69BD0AA6" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Internal EMI/RFI filter complies with </w:t>
       </w:r>
       <w:r w:rsidR="004C3A7E" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>EN</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> 61800-3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F30777" w:rsidRPr="003F0CB4" w:rsidRDefault="00F30777" w:rsidP="00EE2B81">
+    <w:p w14:paraId="144E69DC" w14:textId="77777777" w:rsidR="00F30777" w:rsidRPr="003F0CB4" w:rsidRDefault="00F30777" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Data logging – record </w:t>
       </w:r>
       <w:r w:rsidRPr="003F0CB4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>status fo</w:t>
       </w:r>
       <w:r w:rsidR="007B3698" w:rsidRPr="003F0CB4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="003F0CB4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> up to 10 monitors with adjustable sample time</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="1F3FD173" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Built-In real time clock for time and date stamping events along with timer functions for starting, stopping and speed changes without the need for external controls</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009224A6" w:rsidP="00EE2B81">
+    <w:p w14:paraId="6E52E8EA" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009224A6" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Volt</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>meter, ammeter, kilowatt meter</w:t>
       </w:r>
@@ -3008,216 +2990,216 @@
       <w:r w:rsidR="009D7ADD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> elapsed run time meter</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, and heat</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>sink temperature monitoring functions</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="7DBE456D" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Two internal (PI) </w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ontrols</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="077A6083" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Drive internal PI closed</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>loop control with selectable engineering units</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="7CD52314" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Independent PI control for use with external device</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="17AFBDE3" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Sleep function in both closed loop and open loop control</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="4C147E9D" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Feedback signal low pass filter</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="494A1C02" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Feedback signal loss detection and selectable response strategy</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="3B2163CD" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Feedback signal inverse and square root capability</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="0AFE789B" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">24 </w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>VDC</w:t>
       </w:r>
@@ -3240,843 +3222,843 @@
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> transmitter power supply</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="5F659093" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Input and output terminal status indication</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="56682F11" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Diagnostic fault indication</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="75E28CF1" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>VFD efficiency: 96% at half-speed; 98% at full-speed</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="0F45FDBA" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>“S-curve” soft start / soft stop capability</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="0B238BEF" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Run/Fault output contacts</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="6DBC0E9D" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Serial communication loss detection and selectable response strategy</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="62897F1D" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>“Up/Down” floating point control capability</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D25343" w:rsidRPr="008D13F5" w:rsidRDefault="00D25343" w:rsidP="00EE2B81">
+    <w:p w14:paraId="4FDE72E5" w14:textId="77777777" w:rsidR="00D25343" w:rsidRPr="008D13F5" w:rsidRDefault="00D25343" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Output Frequency 0 to 400 Hz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="23EAA298" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Controlled speed range of 40:1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31023" w:rsidRPr="008D13F5" w:rsidRDefault="00E31023" w:rsidP="00EE2B81">
+    <w:p w14:paraId="7B6C6E2B" w14:textId="77777777" w:rsidR="00E31023" w:rsidRPr="008D13F5" w:rsidRDefault="00E31023" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Maximum output frequency; 400 Hz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31023" w:rsidRPr="008D13F5" w:rsidRDefault="00E31023" w:rsidP="00EE2B81">
+    <w:p w14:paraId="09CB565E" w14:textId="77777777" w:rsidR="00E31023" w:rsidRPr="008D13F5" w:rsidRDefault="00E31023" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Safe Torque Off: SIL3, PLe</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="001B4CF8" w:rsidP="00EE2B81">
+    <w:p w14:paraId="58BD199B" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="001B4CF8" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>0% starting torque capability, available from 3 Hz to 60 Hz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="698C37C2" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Remote speed reference (speed command) signal:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="4343EF42" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>0 to 10 VDC (20 k</w:t>
       </w:r>
       <w:r w:rsidR="00A14CE4" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Ω</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="203E9264" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>4 to 20 mA DC (250</w:t>
       </w:r>
       <w:r w:rsidR="00A14CE4" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ω</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D13F5" w:rsidRDefault="008D13F5" w:rsidP="008D13F5">
+    <w:p w14:paraId="1B82D0E2" w14:textId="77777777" w:rsidR="008D13F5" w:rsidRDefault="008D13F5" w:rsidP="008D13F5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Critical frequency rejection capability: three selectable, adjustable bandwidths</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0097046C" w:rsidRPr="008D13F5" w:rsidRDefault="0097046C" w:rsidP="008D13F5">
+    <w:p w14:paraId="04943DAE" w14:textId="77777777" w:rsidR="0097046C" w:rsidRPr="008D13F5" w:rsidRDefault="0097046C" w:rsidP="008D13F5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB6E91">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Analog/Digital Virtual I/O – internally sends an output to an input (no wiring needed)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="460EEBF1" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Adjustable carrier frequency, from 1 kHz to 12.5 kHz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="457E4B13" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Dynamic noise control for quiet motor operation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="1912FF88" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Programmable security code</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="08E1BFE7" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Cloud service (Yaskawa Drive Cloud) for product registration and parameter storage</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="578BBCEF" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Store up to four additional parameter sets in keypad</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="26DC099F" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Integrated PLC (DriveWorks EZ)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
+    <w:p w14:paraId="6269E8B5" w14:textId="77777777" w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Seven programmable multi-function input terminals (24 VDC) providing 60+ programmable features, including:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
+    <w:p w14:paraId="141160B1" w14:textId="77777777" w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Customer Safeties</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
+    <w:p w14:paraId="79B72038" w14:textId="77777777" w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>BAS / Damper Interlock</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C2590F" w:rsidRPr="00A57443" w:rsidRDefault="004C3A7E" w:rsidP="00C2590F">
+    <w:p w14:paraId="015BEDD9" w14:textId="77777777" w:rsidR="00C2590F" w:rsidRPr="00A57443" w:rsidRDefault="004C3A7E" w:rsidP="00C2590F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Emergency Override – BAS interlock </w:t>
       </w:r>
       <w:r w:rsidR="00C2590F" w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>mode, min/max speed setting,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C2590F" w:rsidRPr="00A57443" w:rsidRDefault="00C2590F" w:rsidP="00C2590F">
+    <w:p w14:paraId="3EC047B8" w14:textId="77777777" w:rsidR="00C2590F" w:rsidRPr="00A57443" w:rsidRDefault="00C2590F" w:rsidP="00C2590F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>16 preset speeds</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1C6A" w:rsidRPr="00A57443" w:rsidRDefault="00C2590F" w:rsidP="00C2590F">
+    <w:p w14:paraId="718C25EC" w14:textId="77777777" w:rsidR="004D1C6A" w:rsidRPr="00A57443" w:rsidRDefault="00C2590F" w:rsidP="00C2590F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>PI control enable / disable</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1C6A" w:rsidRPr="00A57443" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
+    <w:p w14:paraId="2897D05D" w14:textId="77777777" w:rsidR="004D1C6A" w:rsidRPr="00A57443" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Three programmable multi-function output relays (Form A rated 2 A @ 250 VAC &amp; 30 VDC), providing 50+ functions, including:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
+    <w:p w14:paraId="63213C8D" w14:textId="77777777" w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Damper control</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
+    <w:p w14:paraId="0D1CD2FB" w14:textId="77777777" w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Hand / Auto Status</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
+    <w:p w14:paraId="25D68DEC" w14:textId="77777777" w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Contactor control for external bypass</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
+    <w:p w14:paraId="330F6D0E" w14:textId="77777777" w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Overtorque / undertorque detection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
+    <w:p w14:paraId="71D76F26" w14:textId="77777777" w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Serial communication status</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
+    <w:p w14:paraId="70D0066E" w14:textId="77777777" w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>No load detection (broken belt alert)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
+    <w:p w14:paraId="77938D17" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>One fixed “Fault” Form C output relay (Rated 2 A @ 250 VAC &amp; 30 VDC)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="00EE2B81">
+    <w:p w14:paraId="7298912E" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Nine</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> preset speeds</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C55A60" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00C55A60">
+    <w:p w14:paraId="62068C38" w14:textId="77777777" w:rsidR="00C55A60" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00C55A60">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Built-in </w:t>
       </w:r>
       <w:r w:rsidR="00AD5BAB" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>BACnet, Siemens APOGEE FLN, Metasys N2, and Modbus RTU</w:t>
       </w:r>
@@ -4099,821 +4081,819 @@
       <w:r w:rsidR="00C55A60" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  LonWorks, EtherNet/IP Dual Port (SI-EN3D)</w:t>
       </w:r>
       <w:r w:rsidR="00CE0ECA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00CE0ECA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Multi-Protocol Ethernet Card</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00C55A60" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Modbus TCP/IP are optionally available.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="00C55A60" w:rsidP="00C55A60">
+    <w:p w14:paraId="303E1996" w14:textId="77777777" w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="00C55A60" w:rsidP="00C55A60">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>BACnet Health monitors including Net Health, Tokens Received/Transmitted, Messages Received/Transmitted, Next/Previous Node Address, Max/Min Master Found, number of Nodes on Network, COV, MSTP Loop Time, CRC Errors, MSTP Tokens Lost/Retry, Deadtime Average</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C2590F" w:rsidRDefault="00C2590F" w:rsidP="00EE2B81">
-[...10 lines deleted...]
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="00EE2B81">
+    <w:p w14:paraId="59684FC8" w14:textId="77777777" w:rsidR="00C2590F" w:rsidRDefault="00C2590F" w:rsidP="00EE2B81">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11C97FA7" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Rotational as well as </w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Stationary motor auto-tuning</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="7A32F4E5" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>“Kinetic Energy Braking” (KEB) function stops the motor in up to half the time it would take without this function.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="0FE9DD1F" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Control Methods Include:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="19D49F58" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">     V/F Control</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="0CF1A579" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">     Enhanced PM Motor control</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="2D65D6C5" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">     SynRM Motor Control</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0097046C" w:rsidRPr="009F298D" w:rsidRDefault="0097046C" w:rsidP="0097046C">
+    <w:p w14:paraId="36ED05CE" w14:textId="77777777" w:rsidR="0097046C" w:rsidRPr="009F298D" w:rsidRDefault="0097046C" w:rsidP="0097046C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F298D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Motor Types:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0097046C" w:rsidRPr="009F298D" w:rsidRDefault="0097046C" w:rsidP="0097046C">
+    <w:p w14:paraId="3E047931" w14:textId="77777777" w:rsidR="0097046C" w:rsidRPr="009F298D" w:rsidRDefault="0097046C" w:rsidP="0097046C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F298D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">     Induction</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0097046C" w:rsidRPr="009F298D" w:rsidRDefault="0097046C" w:rsidP="0097046C">
+    <w:p w14:paraId="4CAA1FF9" w14:textId="77777777" w:rsidR="0097046C" w:rsidRPr="009F298D" w:rsidRDefault="0097046C" w:rsidP="0097046C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F298D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">     Permanent Magnet</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="0097046C" w:rsidP="0097046C">
+    <w:p w14:paraId="35995EC3" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="0097046C" w:rsidP="0097046C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F298D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">     Synchronous Reluctance</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="57D5275F" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Temperature controlled fans</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="27543AC2" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Side by side mounting (208V up to 40hp and 480V up to 100hp)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="655EF6BF" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">LCD keypad with Hand/Off/Auto </w:t>
       </w:r>
       <w:r w:rsidR="00C55A60" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">and Copy keypad </w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>functions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="072CE82A" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Motor preheat function</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="60D34083" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Self-regulating lead/lag control for multiple drives (up to 4)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="235ED6B4" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Drive/motor alternation control (share motor run time for lead drive/motor)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="085F8D90" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Up to four PID setpoints</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="54C67C71" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Draw down level selection for PID setpoint</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="5DA0DE8E" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Anti-no-flow control for deadhead protection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="7F86CFD0" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Pre-charge pump functionality</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="71DF63C8" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Low city alarm digital input</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="2203EE5D" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>State/de-state control – add/remove drive based on feedback or output frequency</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="0BDC1F42" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Single phase foldback</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="16A7E6AB" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Flash upgradeable firmware</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="4248F0BC" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Heatsink overtemperature speed fold-back feature</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="03482222" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>“Bumpless” transfer between Hand and Auto modes</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="015230EC" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Emergency override can be used as “smoke purge” function</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="492B748D" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Fan failure detection and selectable drive action</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0042621E" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="23231325" w14:textId="77777777" w:rsidR="0042621E" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Programming and firmware upgrade without three-phase main power</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="13A23595" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>DriveWizard Mobile Programming Application</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="50EE3F03" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>LED Status Ring</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00236780" w:rsidRPr="008D13F5" w:rsidRDefault="006A0D57" w:rsidP="00C55A60">
+    <w:p w14:paraId="5EF44488" w14:textId="77777777" w:rsidR="00236780" w:rsidRPr="008D13F5" w:rsidRDefault="006A0D57" w:rsidP="00C55A60">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Conformal coating (IEC 607</w:t>
       </w:r>
       <w:r w:rsidR="00490536" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>21-3-3, IP55/UL Type 12:3C2, 3S3</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00236780" w:rsidRPr="008D13F5" w:rsidSect="008D13F5">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="3" w:space="288"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E615F50"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9FEA4F06"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4983,201 +4963,203 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="306595707">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="116"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009D7ADD"/>
     <w:rsid w:val="00006E53"/>
     <w:rsid w:val="000112AB"/>
     <w:rsid w:val="00022CF1"/>
     <w:rsid w:val="00045BD7"/>
     <w:rsid w:val="00057E93"/>
     <w:rsid w:val="000769BB"/>
     <w:rsid w:val="00077E2A"/>
     <w:rsid w:val="000D3EFC"/>
     <w:rsid w:val="001172E0"/>
     <w:rsid w:val="001336A5"/>
     <w:rsid w:val="001500AB"/>
     <w:rsid w:val="001A07E2"/>
     <w:rsid w:val="001B4CF8"/>
     <w:rsid w:val="001B4D17"/>
     <w:rsid w:val="001B5CC6"/>
     <w:rsid w:val="00223472"/>
     <w:rsid w:val="00236780"/>
     <w:rsid w:val="00257A6A"/>
     <w:rsid w:val="002E08A7"/>
     <w:rsid w:val="002E0CF3"/>
     <w:rsid w:val="00323E7A"/>
     <w:rsid w:val="00376D5D"/>
     <w:rsid w:val="003F0CB4"/>
     <w:rsid w:val="0042621E"/>
     <w:rsid w:val="0044174D"/>
     <w:rsid w:val="00490536"/>
     <w:rsid w:val="004B5A2F"/>
     <w:rsid w:val="004C3A7E"/>
     <w:rsid w:val="004D1C6A"/>
     <w:rsid w:val="005828E4"/>
     <w:rsid w:val="005D59FD"/>
     <w:rsid w:val="005E7DE8"/>
     <w:rsid w:val="00610B29"/>
     <w:rsid w:val="006A0D57"/>
     <w:rsid w:val="006B3020"/>
     <w:rsid w:val="006D47A6"/>
     <w:rsid w:val="006F74E5"/>
+    <w:rsid w:val="00701A97"/>
     <w:rsid w:val="00707714"/>
     <w:rsid w:val="00743B82"/>
     <w:rsid w:val="007B3698"/>
     <w:rsid w:val="00851347"/>
     <w:rsid w:val="008565B5"/>
     <w:rsid w:val="00890DBC"/>
     <w:rsid w:val="008A38FE"/>
     <w:rsid w:val="008D13F5"/>
     <w:rsid w:val="009224A6"/>
     <w:rsid w:val="00941D02"/>
     <w:rsid w:val="0097046C"/>
     <w:rsid w:val="009947E6"/>
     <w:rsid w:val="009C2DAC"/>
     <w:rsid w:val="009D7ADD"/>
     <w:rsid w:val="009F6357"/>
     <w:rsid w:val="00A1324D"/>
     <w:rsid w:val="00A14CE4"/>
     <w:rsid w:val="00A308ED"/>
     <w:rsid w:val="00A32D3F"/>
     <w:rsid w:val="00A57443"/>
     <w:rsid w:val="00A6189A"/>
     <w:rsid w:val="00A65804"/>
     <w:rsid w:val="00AA13FE"/>
     <w:rsid w:val="00AD5BAB"/>
     <w:rsid w:val="00BA6DCB"/>
     <w:rsid w:val="00BB66A1"/>
     <w:rsid w:val="00BD3399"/>
     <w:rsid w:val="00C2590F"/>
     <w:rsid w:val="00C55A60"/>
     <w:rsid w:val="00CE0ECA"/>
     <w:rsid w:val="00D118C7"/>
     <w:rsid w:val="00D21E80"/>
     <w:rsid w:val="00D25343"/>
     <w:rsid w:val="00D6493A"/>
+    <w:rsid w:val="00DD6942"/>
     <w:rsid w:val="00DF363F"/>
     <w:rsid w:val="00E039F9"/>
     <w:rsid w:val="00E24CA3"/>
     <w:rsid w:val="00E31023"/>
     <w:rsid w:val="00E34542"/>
     <w:rsid w:val="00E34D35"/>
     <w:rsid w:val="00E36D04"/>
     <w:rsid w:val="00E45B41"/>
     <w:rsid w:val="00E7361A"/>
     <w:rsid w:val="00EB01BD"/>
     <w:rsid w:val="00EE2B81"/>
     <w:rsid w:val="00F30777"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="2A5162CF"/>
+  <w14:docId w14:val="1E8D80F7"/>
   <w15:docId w15:val="{64A0CB74-8329-4102-9ABA-4C8CFF97E927}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5505,50 +5487,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="001172E0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="240"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
@@ -5674,51 +5661,51 @@
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00E34542"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="006D47A6"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -5947,51 +5934,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>1607</Words>
   <Characters>9165</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>76</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Symanetc</Company>