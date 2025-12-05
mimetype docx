--- v0 (2025-10-14)
+++ v1 (2025-12-05)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="001B5CC6" w:rsidRDefault="001B5CC6" w:rsidP="009D7ADD">
+    <w:p w14:paraId="71E373C0" w14:textId="77777777" w:rsidR="001B5CC6" w:rsidRDefault="001B5CC6" w:rsidP="009D7ADD">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E3D6B57" wp14:editId="454BCA03">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A61E1A7" wp14:editId="581A87B4">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>2371725</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>142875</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2124075" cy="403326"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Yaskawa_logo.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -63,82 +63,82 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2124075" cy="403326"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001172E0" w:rsidRDefault="001172E0" w:rsidP="009D7ADD"/>
-    <w:p w:rsidR="00D118C7" w:rsidRPr="00B37C13" w:rsidRDefault="00D118C7" w:rsidP="00D118C7">
+    <w:p w14:paraId="3DDC702E" w14:textId="77777777" w:rsidR="001172E0" w:rsidRDefault="001172E0" w:rsidP="009D7ADD"/>
+    <w:p w14:paraId="4CC8700C" w14:textId="77777777" w:rsidR="00D118C7" w:rsidRPr="00B37C13" w:rsidRDefault="00D118C7" w:rsidP="00D118C7">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Variable Frequency Drive (VFD)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D118C7" w:rsidRPr="00D118C7" w:rsidRDefault="00D118C7" w:rsidP="00D118C7">
+    <w:p w14:paraId="407F664F" w14:textId="77777777" w:rsidR="00D118C7" w:rsidRPr="00D118C7" w:rsidRDefault="00D118C7" w:rsidP="00D118C7">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37C13">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">HV600 Mechanical Specification Submittal </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D118C7" w:rsidRPr="00D118C7" w:rsidRDefault="00D118C7" w:rsidP="00707714">
+    <w:p w14:paraId="7284B864" w14:textId="77777777" w:rsidR="00D118C7" w:rsidRPr="00D118C7" w:rsidRDefault="00D118C7" w:rsidP="00707714">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Fo</w:t>
       </w:r>
       <w:r w:rsidR="001B4CF8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">r </w:t>
       </w:r>
       <w:r w:rsidR="002E08A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>IP55/UL</w:t>
       </w:r>
@@ -151,82 +151,82 @@
       <w:r w:rsidR="00045BD7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>TYPE 12</w:t>
       </w:r>
       <w:r w:rsidR="00F02BBD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rated Drives</w:t>
       </w:r>
       <w:r w:rsidR="00045BD7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F02BBD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">with Main Switch </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00006E53" w:rsidRPr="00006E53" w:rsidRDefault="00006E53" w:rsidP="00707714">
+    <w:p w14:paraId="68A2D068" w14:textId="77777777" w:rsidR="00006E53" w:rsidRPr="00006E53" w:rsidRDefault="00006E53" w:rsidP="00707714">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00057E93" w:rsidRDefault="00057E93" w:rsidP="00707714">
+    <w:p w14:paraId="49221E31" w14:textId="77777777" w:rsidR="00057E93" w:rsidRDefault="00057E93" w:rsidP="00707714">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:sectPr w:rsidR="00057E93" w:rsidSect="00057E93">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001B5CC6" w:rsidRPr="00680317" w:rsidRDefault="001B5CC6" w:rsidP="00707714">
+    <w:p w14:paraId="3CED13AB" w14:textId="77777777" w:rsidR="001B5CC6" w:rsidRPr="00680317" w:rsidRDefault="001B5CC6" w:rsidP="00707714">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00680317">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>GENERAL</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="001336A5">
+    <w:p w14:paraId="6E18671A" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="001336A5">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="001172E0" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>HV600</w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
@@ -307,51 +307,51 @@
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">range of </w:t>
       </w:r>
       <w:r w:rsidR="004C3A7E" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> kHz to 12.5 kHz, permits quiet motor operation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="001336A5">
+    <w:p w14:paraId="3938446F" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="001336A5">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>This drive has one control logic board for all horsepower ratings. Printed circuit boards employ surface</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
@@ -373,51 +373,51 @@
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">The microprocessor delivers the computing power necessary for complete </w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>three-phase</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> motor control in building automation systems.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="001336A5">
+    <w:p w14:paraId="3EA6370F" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="001336A5">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Operating Principle:</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
@@ -471,358 +471,358 @@
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Unique firmware algorithms optimize motor magnetization through control of voltage, current</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> and frequency applied to generate a nearly sinusoidal output waveform.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B5CC6" w:rsidRPr="008D13F5" w:rsidRDefault="001B5CC6" w:rsidP="001336A5">
+    <w:p w14:paraId="099B0109" w14:textId="77777777" w:rsidR="001B5CC6" w:rsidRPr="008D13F5" w:rsidRDefault="001B5CC6" w:rsidP="001336A5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:after="80"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>STANDARDS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="1A836DCB" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>UL 508C (Power Conversion)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="3F17CF13" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>CSA 22.2 No. 274-2017 (Adjustable Speed Drives)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="0F6FECF0" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>UL 1995 (Plenum)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="53E16F47" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>CE mark 2006/42/EC MD</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="0A76EA90" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>CE mark 2014/35/EU LVD</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="0F113BC8" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>CE mark 2014/30/EU EMC</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="232F143E" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>EN 61800-3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="602844EB" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>EN 61800-5-1 (LVD)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="03E8E6A2" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>IEC 60529</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="18E4809D" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>IEEE C62.41</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="1126BD83" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>BTL Listed</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="16410017" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>UL, cUL listed; CE marked</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B5CC6" w:rsidRPr="008D13F5" w:rsidRDefault="001B5CC6" w:rsidP="001336A5">
+    <w:p w14:paraId="56AD405B" w14:textId="77777777" w:rsidR="001B5CC6" w:rsidRPr="008D13F5" w:rsidRDefault="001B5CC6" w:rsidP="001336A5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ENVIRONMENTAL &amp; SERVICE CONDITIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A38FE" w:rsidRPr="00A57443" w:rsidRDefault="009D7ADD" w:rsidP="00A308ED">
+    <w:p w14:paraId="4F8AC045" w14:textId="77777777" w:rsidR="008A38FE" w:rsidRPr="00A57443" w:rsidRDefault="009D7ADD" w:rsidP="00A308ED">
       <w:pPr>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Ambient service temperature:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001336A5" w:rsidRPr="00A57443" w:rsidRDefault="008A38FE" w:rsidP="00A308ED">
+    <w:p w14:paraId="18FEEF69" w14:textId="77777777" w:rsidR="001336A5" w:rsidRPr="00A57443" w:rsidRDefault="008A38FE" w:rsidP="00A308ED">
       <w:pPr>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">-10°C to 40°C, </w:t>
       </w:r>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>50°C maximum with derate</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A07E2" w:rsidRDefault="009D7ADD" w:rsidP="001A07E2">
+    <w:p w14:paraId="0733488B" w14:textId="77777777" w:rsidR="001A07E2" w:rsidRDefault="009D7ADD" w:rsidP="001A07E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Ambient storage temperature</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="002E08A7" w:rsidRPr="008D13F5">
@@ -844,101 +844,101 @@
       <w:r w:rsidR="002E08A7" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00A308ED">
+    <w:p w14:paraId="5572B537" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00A308ED">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>-20</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>°</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>C to 70</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>°</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="001336A5">
+    <w:p w14:paraId="2C9EEC14" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="001336A5">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Humidity:</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
@@ -952,353 +952,351 @@
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>% to 9</w:t>
       </w:r>
       <w:r w:rsidR="00376D5D" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>%, non-condensing</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="006B3020" w:rsidP="001336A5">
+    <w:p w14:paraId="67D380B9" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="006B3020" w:rsidP="001336A5">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB6E91">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Altitude: </w:t>
       </w:r>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>to 1,000 meters; 4,000 meters with derate</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="37FE21A8" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Service factor: 1.0</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="2B5E0BD0" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Vibration: </w:t>
       </w:r>
       <w:r w:rsidR="001B4D17" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>9.81 m/s² (1 G) maximum at 10 to 20 Hz, 2.0 m/s² (0.2 G) at 20 Hz to 55 Hz.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF363F" w:rsidRPr="008D13F5" w:rsidRDefault="00DF363F" w:rsidP="00057E93">
+    <w:p w14:paraId="51F805F9" w14:textId="77777777" w:rsidR="00DF363F" w:rsidRPr="008D13F5" w:rsidRDefault="00DF363F" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Plenum mounting capable</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="330A1260" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>RoHS</w:t>
       </w:r>
       <w:r w:rsidR="005E7DE8" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> Compliant</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="00057E93" w:rsidRDefault="004C3A7E" w:rsidP="00057E93">
+    <w:p w14:paraId="246FBC73" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="00057E93" w:rsidRDefault="004C3A7E" w:rsidP="00057E93">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>WEEE Directive</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B5CC6" w:rsidRPr="00680317" w:rsidRDefault="001B5CC6" w:rsidP="001B5CC6">
+    <w:p w14:paraId="6D9D5DDE" w14:textId="77777777" w:rsidR="001B5CC6" w:rsidRPr="00680317" w:rsidRDefault="001B5CC6" w:rsidP="001B5CC6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>QUALITY ASSURANCE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="00E34542" w:rsidP="00057E93">
+    <w:p w14:paraId="49270289" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="00E34542" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>In-</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>circuit testing of all prin</w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>ted circuit boards is conducted</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> to ensure proper manufacturing.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="78992964" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Final printed circuit board ass</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>emblies are functionally tested</w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> via computerized test equipment.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="26D5E98D" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>All fully assembled controls are computer tested with induction motor loads to assure unit specifications are met.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="776D8263" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>The average MTBF (Mean Time Between Failure) is 28 years</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B5CC6" w:rsidRPr="00680317" w:rsidRDefault="001B5CC6" w:rsidP="001B5CC6">
+    <w:p w14:paraId="3F300AB3" w14:textId="77777777" w:rsidR="001B5CC6" w:rsidRPr="00680317" w:rsidRDefault="001B5CC6" w:rsidP="001B5CC6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>CONSTRUCTION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00325786" w:rsidRDefault="00325786" w:rsidP="00057E93">
+    <w:p w14:paraId="31173CE3" w14:textId="77777777" w:rsidR="00325786" w:rsidRDefault="00325786" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">VFD has a built in </w:t>
       </w:r>
       <w:r w:rsidR="00B8033F">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">main </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">switch to disconnect main power. The disconnect switch does not provide short circuit protection. External branch circuit protection is required. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="00E34542" w:rsidP="00057E93">
+    <w:p w14:paraId="63878B5B" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="00E34542" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>VFD power input stage converts three-phase</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> AC line p</w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
@@ -1351,51 +1349,51 @@
         <w:t xml:space="preserve"> with MOV (Metal Oxide Varistor) surge protection.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">An internal 5% </w:t>
       </w:r>
       <w:r w:rsidR="008A38FE" w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>split choke built in both positive and negative DC bus reduces harmonics for cleaner power.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="61FA196B" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Intermediate Section of the VFD - DC bus maintains a fixed DC v</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>oltage</w:t>
       </w:r>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
@@ -1423,900 +1421,900 @@
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">It is interfaced </w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">with the VFD diagnostic logic circuit to continuously monitor and protect the power components. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="52AE0545" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Output Section of the VFD - Insulated Gate Bipolar Transistors (IGBTs) convert DC bus voltage to a variable frequency and voltage, utilizing a PWM sine-coded output to the motor.</w:t>
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B5A2F" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Motor noise at 60 Hz is less than 2 dB above the </w:t>
       </w:r>
       <w:r w:rsidR="004B5A2F" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>motor noise from across-the-line operation when measured at a distance of one meter</w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E0CF3" w:rsidRDefault="002E0CF3" w:rsidP="00707714">
+    <w:p w14:paraId="790D1B61" w14:textId="77777777" w:rsidR="002E0CF3" w:rsidRDefault="002E0CF3" w:rsidP="00707714">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:sectPr w:rsidR="002E0CF3" w:rsidSect="00057E93">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="2" w:space="288"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002E0CF3" w:rsidRDefault="002E0CF3" w:rsidP="00707714">
+    <w:p w14:paraId="06E046FC" w14:textId="77777777" w:rsidR="002E0CF3" w:rsidRDefault="002E0CF3" w:rsidP="00707714">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:sectPr w:rsidR="002E0CF3" w:rsidSect="002E0CF3">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="288"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00707714" w:rsidRPr="008D13F5" w:rsidRDefault="00707714" w:rsidP="00707714">
+    <w:p w14:paraId="650FF701" w14:textId="77777777" w:rsidR="00707714" w:rsidRPr="008D13F5" w:rsidRDefault="00707714" w:rsidP="00707714">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>POWER AND CONTROL ELECTRONIC HOUSINGS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="00A32D3F" w:rsidP="00057E93">
+    <w:p w14:paraId="3083C9D1" w14:textId="21FBF87A" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="00A32D3F" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>IP55/UL TYPE 12</w:t>
       </w:r>
       <w:r w:rsidR="00F02BBD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> with Main Switch</w:t>
       </w:r>
       <w:r w:rsidR="00BD3399" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">208 V, </w:t>
       </w:r>
       <w:r w:rsidR="00851347" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">3 thru </w:t>
       </w:r>
-      <w:r w:rsidR="00E24CA3" w:rsidRPr="008D13F5">
-[...5 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="000B3EBC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">0 HP; 480 V, </w:t>
       </w:r>
       <w:r w:rsidR="00851347" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>3 thru 1</w:t>
       </w:r>
-      <w:r w:rsidR="00E24CA3" w:rsidRPr="008D13F5">
-[...5 lines deleted...]
-        <w:t>00</w:t>
+      <w:r w:rsidR="000B3EBC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>25</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> HP</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="4AE21258" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Microprocessor</w:t>
       </w:r>
       <w:r w:rsidR="004B5A2F" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>based control circuit</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="5DE69561" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Non-</w:t>
       </w:r>
       <w:r w:rsidR="004B5A2F" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>olatile memory (EEPROM); all programming memory is saved when the VFD is disconnected from power.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="71FD9B27" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Digital oper</w:t>
       </w:r>
       <w:r w:rsidR="00BD3399" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>ator keypad and display provide</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> local control and readout capability:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA13FE" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="29361D1B" w14:textId="77777777" w:rsidR="00AA13FE" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Hand/Off/Auto commands</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="1C076B0E" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Speed Reference command</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="63A2AE2F" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Reset command</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00057E93">
+    <w:p w14:paraId="73012075" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Easy to remove heat</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>sink cooling fan with programmable on/off control</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B5A2F" w:rsidRPr="008D13F5" w:rsidRDefault="004B5A2F" w:rsidP="00057E93">
+    <w:p w14:paraId="0D470B1D" w14:textId="77777777" w:rsidR="004B5A2F" w:rsidRPr="008D13F5" w:rsidRDefault="004B5A2F" w:rsidP="00057E93">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>USB mini-B port for quick and easy PC connection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B5CC6" w:rsidRPr="008D13F5" w:rsidRDefault="001B5CC6" w:rsidP="001B5CC6">
+    <w:p w14:paraId="79820C82" w14:textId="77777777" w:rsidR="001B5CC6" w:rsidRPr="008D13F5" w:rsidRDefault="001B5CC6" w:rsidP="001B5CC6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>PROTECTION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F02BBD" w:rsidRPr="00A57443" w:rsidRDefault="00F02BBD" w:rsidP="00F02BBD">
+    <w:p w14:paraId="0D26C12E" w14:textId="77777777" w:rsidR="00F02BBD" w:rsidRPr="00A57443" w:rsidRDefault="00F02BBD" w:rsidP="00F02BBD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Suitable for use on a circuit capable of delivering not more than 100kA RMS symmetrical amperes</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="22CDAF32" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Output curren</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">t overload rating of </w:t>
       </w:r>
       <w:r w:rsidR="005D59FD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>110% for 60 seconds, 140% for 2 seconds, 175% instantaneous</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="47C6CE75" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Output short circuit protection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="30EB284F" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Current limited stall prevention (overload trip prevention) during acceleration, deceleration, and run conditions</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="48763551" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Optically isolated operator controls</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="79E83D5D" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fault display </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="5D8709ED" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>“Hunting” prevention logic</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="2094ADBB" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Electronic ground fault protection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00057E93">
+    <w:p w14:paraId="02D9903E" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Electronic motor overload protection (UL approved)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="6F7F3B90" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>DC bus charge indication</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009224A6" w:rsidP="00057E93">
+    <w:p w14:paraId="7F1D077C" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009224A6" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Heat</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>sink overtemperature protection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="17B520DA" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Cooling fan operating hours recorded</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="1ABA07F7" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Input/</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>utput phase loss protection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="6DD04E1E" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Line voltage sensors to monitor for brownout and blackout conditions with adjustable fault levels to ensure the proper settings pursuant to each application. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="6B51C85C" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Reverse prohibit selectability</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B4D17" w:rsidRPr="008D13F5" w:rsidRDefault="001B4D17" w:rsidP="001B4D17">
+    <w:p w14:paraId="3B806E2E" w14:textId="77777777" w:rsidR="001B4D17" w:rsidRPr="008D13F5" w:rsidRDefault="001B4D17" w:rsidP="001B4D17">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001B4D17" w:rsidRPr="008D13F5" w:rsidRDefault="001B4D17" w:rsidP="001B4D17">
+    <w:p w14:paraId="490F9ED2" w14:textId="77777777" w:rsidR="001B4D17" w:rsidRPr="008D13F5" w:rsidRDefault="001B4D17" w:rsidP="001B4D17">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001B4D17" w:rsidRPr="008D13F5" w:rsidRDefault="001B4D17" w:rsidP="001B4D17">
+    <w:p w14:paraId="774CBC65" w14:textId="77777777" w:rsidR="001B4D17" w:rsidRPr="008D13F5" w:rsidRDefault="001B4D17" w:rsidP="001B4D17">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001B4D17" w:rsidRPr="008D13F5" w:rsidRDefault="001B4D17" w:rsidP="001B4D17">
+    <w:p w14:paraId="55E4744A" w14:textId="77777777" w:rsidR="001B4D17" w:rsidRPr="008D13F5" w:rsidRDefault="001B4D17" w:rsidP="001B4D17">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>OPERATION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="384E0FA1" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Output frequency and speed display can be programmed for other speed-related and control indications, including: RPM, CFM, GPM, PSI, in WC, % of maximum RPM</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> or custom</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="25BA57AD" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Power loss ride-th</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>rough</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2 seconds capable)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="78C2468F" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Time delay on start</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> peak avoidance</w:t>
       </w:r>
       <w:r w:rsidR="00C55A60" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> for smooth generator switchover</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="5019DD6D" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>VFD accepts either a direct acting or a reverse acting speed command signal</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="0B5073A5" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Bi-direct</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>ional “Speed Search” capability</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
@@ -2344,196 +2342,196 @@
       </w:r>
       <w:r w:rsidR="00E34542" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">current detection and </w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>residual voltage detection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="28713AA3" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>DC injectio</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>n braking, to prevent fan “wind</w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>milling”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="1AE353D0" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Remote Run/Stop command input</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="1E1308D0" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Two programmable 0 to 10 VDC or 4-20</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>ma analog outputs, proportional to dr</w:t>
       </w:r>
       <w:r w:rsidR="00D6493A" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>ive monitor functions including</w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> output frequency, output current, output power, PI feed</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>back, output voltage and others</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="00E36D04" w:rsidP="002E0CF3">
+    <w:p w14:paraId="5B45DA85" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00A57443" w:rsidRDefault="00E36D04" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Eight</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">rogrammable HVAC specific application </w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>presets</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008565B5" w:rsidRPr="00057E93" w:rsidRDefault="005D59FD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="21DCFAAF" w14:textId="77777777" w:rsidR="008565B5" w:rsidRPr="00057E93" w:rsidRDefault="005D59FD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="008565B5" w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>-Line</w:t>
       </w:r>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
@@ -2585,474 +2583,474 @@
       </w:r>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">readout functions that include </w:t>
       </w:r>
       <w:r w:rsidR="008565B5" w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">output </w:t>
       </w:r>
       <w:r w:rsidR="008565B5" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>frequency, output voltage, output current, output power, DC bus voltage, interface terminal status, PI feedback and fault status.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="3589C14C" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Over 100 programmable functions, resettable to factory HVAC presets</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="00C96385" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>User parameter initialization</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> to</w:t>
       </w:r>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> re-establish project specific parameters</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="48FB8FCD" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Ramp-to-stop or coast-to-stop selection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="75C884EF" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Auto restart capability: 0 to 10 attempts with adjustable delay time between attempts</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="28A0CBD9" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>One custom selectable Volts/Hertz pattern and multiple preset Volts/Hertz patterns</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="3BB90399" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Auto speed reference input signal, adjustable for bias and gain</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
+    <w:p w14:paraId="43CBCE29" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="002E0CF3">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>While the VFD is running, operational changes in control and display functions are possible, including:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="7CB0E2F7" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>Acceleration time (0 to 6000 seconds)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="29002966" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
         <w:t>Deceleration time (0 to 6000 seconds)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="0640F7B7" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
         <w:t>Frequency reference command</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="056BC9CD" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
         <w:t>Hand/Off/Auto commands</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="1329784B" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
         <w:t>Monitor display</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
+    <w:p w14:paraId="38F89F47" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="00057E93" w:rsidRDefault="009D7ADD" w:rsidP="00057E93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
         <w:t>Removable digital operator</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A0D57" w:rsidRDefault="009D7ADD" w:rsidP="006A0D57">
+    <w:p w14:paraId="35032BF4" w14:textId="77777777" w:rsidR="006A0D57" w:rsidRDefault="009D7ADD" w:rsidP="006A0D57">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057E93">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Automatic energy sa</w:t>
       </w:r>
       <w:r w:rsidR="006A0D57">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>ving, reduced voltage operation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B4D17" w:rsidRDefault="001B4D17" w:rsidP="006A0D57">
-[...7 lines deleted...]
-    <w:p w:rsidR="001B5CC6" w:rsidRPr="006A0D57" w:rsidRDefault="006A0D57" w:rsidP="006A0D57">
+    <w:p w14:paraId="55B9FC37" w14:textId="77777777" w:rsidR="001B4D17" w:rsidRDefault="001B4D17" w:rsidP="006A0D57">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B0DBC3F" w14:textId="77777777" w:rsidR="001B5CC6" w:rsidRPr="006A0D57" w:rsidRDefault="006A0D57" w:rsidP="006A0D57">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A0D57">
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="001B5CC6" w:rsidRPr="006A0D57">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>RODUCT FEATURES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D13F5" w:rsidRDefault="008D13F5" w:rsidP="00EE2B81">
+    <w:p w14:paraId="38FB96CD" w14:textId="77777777" w:rsidR="008D13F5" w:rsidRDefault="008D13F5" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:sectPr w:rsidR="008D13F5" w:rsidSect="006A0D57">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="2" w:space="288"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="26D50F1D" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Displacement power factor of .98 throughout the motor speed range</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="56B1A0CD" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Internal EMI/RFI filter complies with </w:t>
       </w:r>
       <w:r w:rsidR="004C3A7E" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>EN</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> 61800-3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F30777" w:rsidRPr="003F0CB4" w:rsidRDefault="00F30777" w:rsidP="00EE2B81">
+    <w:p w14:paraId="7772CD6F" w14:textId="77777777" w:rsidR="00F30777" w:rsidRPr="003F0CB4" w:rsidRDefault="00F30777" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Data logging – record </w:t>
       </w:r>
       <w:r w:rsidRPr="003F0CB4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>status fo</w:t>
       </w:r>
       <w:r w:rsidR="007B3698" w:rsidRPr="003F0CB4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="003F0CB4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> up to 10 monitors with adjustable sample time</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="0A4009EC" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Built-In real time clock for time and date stamping events along with timer functions for starting, stopping and speed changes without the need for external controls</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009224A6" w:rsidP="00EE2B81">
+    <w:p w14:paraId="55C95A1B" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009224A6" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Volt</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>meter, ammeter, kilowatt meter</w:t>
       </w:r>
@@ -3067,216 +3065,216 @@
       <w:r w:rsidR="009D7ADD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> elapsed run time meter</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, and heat</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>sink temperature monitoring functions</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="2892A091" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Two internal (PI) </w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ontrols</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="1C269D97" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Drive internal PI closed</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>loop control with selectable engineering units</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="10786534" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Independent PI control for use with external device</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="75CF29F8" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Sleep function in both closed loop and open loop control</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="278A0422" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Feedback signal low pass filter</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="74CD5BB3" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Feedback signal loss detection and selectable response strategy</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="0543C995" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Feedback signal inverse and square root capability</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="14990DCE" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">24 </w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>VDC</w:t>
       </w:r>
@@ -3299,843 +3297,843 @@
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="009224A6" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> transmitter power supply</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="4EB365E9" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Input and output terminal status indication</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="53597FD3" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Diagnostic fault indication</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="2B8995E0" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>VFD efficiency: 96% at half-speed; 98% at full-speed</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="58476C25" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>“S-curve” soft start / soft stop capability</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="470CA301" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Run/Fault output contacts</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="4AD635DA" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Serial communication loss detection and selectable response strategy</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="16DCD9E5" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>“Up/Down” floating point control capability</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D25343" w:rsidRPr="008D13F5" w:rsidRDefault="00D25343" w:rsidP="00EE2B81">
+    <w:p w14:paraId="319FD6AC" w14:textId="77777777" w:rsidR="00D25343" w:rsidRPr="008D13F5" w:rsidRDefault="00D25343" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Output Frequency 0 to 400 Hz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="5BFB4BF7" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Controlled speed range of 40:1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31023" w:rsidRPr="008D13F5" w:rsidRDefault="00E31023" w:rsidP="00EE2B81">
+    <w:p w14:paraId="529E2782" w14:textId="77777777" w:rsidR="00E31023" w:rsidRPr="008D13F5" w:rsidRDefault="00E31023" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Maximum output frequency; 400 Hz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31023" w:rsidRPr="008D13F5" w:rsidRDefault="00E31023" w:rsidP="00EE2B81">
+    <w:p w14:paraId="185E8BD5" w14:textId="77777777" w:rsidR="00E31023" w:rsidRPr="008D13F5" w:rsidRDefault="00E31023" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Safe Torque Off: SIL3, PLe</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="001B4CF8" w:rsidP="00EE2B81">
+    <w:p w14:paraId="7E27298A" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="001B4CF8" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>0% starting torque capability, available from 3 Hz to 60 Hz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="3F71980E" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Remote speed reference (speed command) signal:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="03E333EC" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>0 to 10 VDC (20 k</w:t>
       </w:r>
       <w:r w:rsidR="00A14CE4" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Ω</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="3E4B8840" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>4 to 20 mA DC (250</w:t>
       </w:r>
       <w:r w:rsidR="00A14CE4" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ω</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D13F5" w:rsidRDefault="008D13F5" w:rsidP="008D13F5">
+    <w:p w14:paraId="72B6DCD5" w14:textId="77777777" w:rsidR="008D13F5" w:rsidRDefault="008D13F5" w:rsidP="008D13F5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Critical frequency rejection capability: three selectable, adjustable bandwidths</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0097046C" w:rsidRPr="008D13F5" w:rsidRDefault="0097046C" w:rsidP="008D13F5">
+    <w:p w14:paraId="6C42D28F" w14:textId="77777777" w:rsidR="0097046C" w:rsidRPr="008D13F5" w:rsidRDefault="0097046C" w:rsidP="008D13F5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB6E91">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Analog/Digital Virtual I/O – internally sends an output to an input (no wiring needed)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="5A94A977" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Adjustable carrier frequency, from 1 kHz to 12.5 kHz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="14361B44" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Dynamic noise control for quiet motor operation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="7AC0BBCB" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Programmable security code</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="4EF14E82" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Cloud service (Yaskawa Drive Cloud) for product registration and parameter storage</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="1A5DC37F" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Store up to four additional parameter sets in keypad</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="1A2192B1" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Integrated PLC (DriveWorks EZ)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
+    <w:p w14:paraId="15054295" w14:textId="77777777" w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Seven programmable multi-function input terminals (24 VDC) providing 60+ programmable features, including:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
+    <w:p w14:paraId="05D7FD0A" w14:textId="77777777" w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Customer Safeties</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
+    <w:p w14:paraId="4A1310DE" w14:textId="77777777" w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>BAS / Damper Interlock</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C2590F" w:rsidRPr="00A57443" w:rsidRDefault="004C3A7E" w:rsidP="00C2590F">
+    <w:p w14:paraId="587B033E" w14:textId="77777777" w:rsidR="00C2590F" w:rsidRPr="00A57443" w:rsidRDefault="004C3A7E" w:rsidP="00C2590F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Emergency Override – BAS interlock </w:t>
       </w:r>
       <w:r w:rsidR="00C2590F" w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>mode, min/max speed setting,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C2590F" w:rsidRPr="00A57443" w:rsidRDefault="00C2590F" w:rsidP="00C2590F">
+    <w:p w14:paraId="02383F43" w14:textId="77777777" w:rsidR="00C2590F" w:rsidRPr="00A57443" w:rsidRDefault="00C2590F" w:rsidP="00C2590F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>16 preset speeds</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1C6A" w:rsidRPr="00A57443" w:rsidRDefault="00C2590F" w:rsidP="00C2590F">
+    <w:p w14:paraId="42DFA9BB" w14:textId="77777777" w:rsidR="004D1C6A" w:rsidRPr="00A57443" w:rsidRDefault="00C2590F" w:rsidP="00C2590F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>PI control enable / disable</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1C6A" w:rsidRPr="00A57443" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
+    <w:p w14:paraId="197F5436" w14:textId="77777777" w:rsidR="004D1C6A" w:rsidRPr="00A57443" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57443">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Three programmable multi-function output relays (Form A rated 2 A @ 250 VAC &amp; 30 VDC), providing 50+ functions, including:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
+    <w:p w14:paraId="44CE6DF7" w14:textId="77777777" w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Damper control</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
+    <w:p w14:paraId="3E5D681C" w14:textId="77777777" w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Hand / Auto Status</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
+    <w:p w14:paraId="206FC9AC" w14:textId="77777777" w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Contactor control for external bypass</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
+    <w:p w14:paraId="7B989A9B" w14:textId="77777777" w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Overtorque / undertorque detection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
+    <w:p w14:paraId="28702552" w14:textId="77777777" w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Serial communication status</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
+    <w:p w14:paraId="71547BC0" w14:textId="77777777" w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>No load detection (broken belt alert)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
+    <w:p w14:paraId="511C6118" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>One fixed “Fault” Form C output relay (Rated 2 A @ 250 VAC &amp; 30 VDC)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="00EE2B81">
+    <w:p w14:paraId="48C5C8BC" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Nine</w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> preset speeds</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C55A60" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00C55A60">
+    <w:p w14:paraId="66B2A72A" w14:textId="77777777" w:rsidR="00C55A60" w:rsidRPr="008D13F5" w:rsidRDefault="004D1C6A" w:rsidP="00C55A60">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Built-in </w:t>
       </w:r>
       <w:r w:rsidR="00AD5BAB" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>BACnet, Siemens APOGEE FLN, Metasys N2, and Modbus RTU</w:t>
       </w:r>
@@ -4150,809 +4148,812 @@
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>accessible via RS-422/485 communication, which is standard.</w:t>
       </w:r>
       <w:r w:rsidR="00C55A60" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  LonWorks, EtherNet/IP Dual Port (SI-EN3D) and Modbus TCP/IP are </w:t>
       </w:r>
       <w:r w:rsidR="00C55A60" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>optionally available.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="00C55A60" w:rsidP="00C55A60">
+    <w:p w14:paraId="6EC3F269" w14:textId="77777777" w:rsidR="004D1C6A" w:rsidRPr="008D13F5" w:rsidRDefault="00C55A60" w:rsidP="00C55A60">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>BACnet Health monitors including Net Health, Tokens Received/Transmitted, Messages Received/Transmitted, Next/Previous Node Address, Max/Min Master Found, number of Nodes on Network, COV, MSTP Loop Time, CRC Errors, MSTP Tokens Lost/Retry, Deadtime Average</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C2590F" w:rsidRDefault="00C2590F" w:rsidP="00EE2B81">
-[...10 lines deleted...]
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="00EE2B81">
+    <w:p w14:paraId="6E37A585" w14:textId="77777777" w:rsidR="00C2590F" w:rsidRDefault="00C2590F" w:rsidP="00EE2B81">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67D5D76D" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Rotational as well as </w:t>
       </w:r>
       <w:r w:rsidR="009D7ADD" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Stationary motor auto-tuning</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="11B65109" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>“Kinetic Energy Braking” (KEB) function stops the motor in up to half the time it would take without this function.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="1A4F70FB" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Control Methods Include:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="74AE1530" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">     V/F Control</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="556FC1A1" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">     Enhanced PM Motor control</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="3B642C9C" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">     SynRM Motor Control</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0097046C" w:rsidRPr="009F298D" w:rsidRDefault="0097046C" w:rsidP="0097046C">
+    <w:p w14:paraId="0D101E76" w14:textId="77777777" w:rsidR="0097046C" w:rsidRPr="009F298D" w:rsidRDefault="0097046C" w:rsidP="0097046C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F298D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Motor Types:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0097046C" w:rsidRPr="009F298D" w:rsidRDefault="0097046C" w:rsidP="0097046C">
+    <w:p w14:paraId="3E6D5AC7" w14:textId="77777777" w:rsidR="0097046C" w:rsidRPr="009F298D" w:rsidRDefault="0097046C" w:rsidP="0097046C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F298D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">     Induction</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0097046C" w:rsidRPr="009F298D" w:rsidRDefault="0097046C" w:rsidP="0097046C">
+    <w:p w14:paraId="044049D5" w14:textId="77777777" w:rsidR="0097046C" w:rsidRPr="009F298D" w:rsidRDefault="0097046C" w:rsidP="0097046C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F298D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">     Permanent Magnet</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="0097046C" w:rsidP="0097046C">
+    <w:p w14:paraId="315D1312" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="0097046C" w:rsidP="0097046C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F298D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">     Synchronous Reluctance</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="5AB17733" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Temperature controlled fans</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
+    <w:p w14:paraId="6536BB50" w14:textId="77777777" w:rsidR="004C3A7E" w:rsidRPr="008D13F5" w:rsidRDefault="004C3A7E" w:rsidP="004C3A7E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Side by side mounting (208V up to 40hp and 480V up to 100hp)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="7FBCD974" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">LCD keypad with Hand/Off/Auto </w:t>
       </w:r>
       <w:r w:rsidR="00C55A60" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">and Copy keypad </w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>functions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="0AEF3ED7" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Motor preheat function</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="174A6FC9" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Self-regulating lead/lag control for multiple drives (up to 4)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="1DAF35E8" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Drive/motor alternation control (share motor run time for lead drive/motor)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="65B3CE7C" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Up to four PID setpoints</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="3E0556A5" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Draw down level selection for PID setpoint</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="6DD9CB7C" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Anti-no-flow control for deadhead protection</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="57604231" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Pre-charge pump functionality</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="22D82C3E" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Low city alarm digital input</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="5A260337" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>State/de-state control – add/remove drive based on feedback or output frequency</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="7F5633C3" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Single phase foldback</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="290CB76D" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Flash upgradeable firmware</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="67E5A68A" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Heatsink overtemperature speed fold-back feature</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="7032E315" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>“Bumpless” transfer between Hand and Auto modes</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="6B3E8C7F" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Emergency override can be used as “smoke purge” function</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
+    <w:p w14:paraId="59A0C551" w14:textId="77777777" w:rsidR="009D7ADD" w:rsidRPr="008D13F5" w:rsidRDefault="009D7ADD" w:rsidP="00EE2B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Fan failure detection and selectable drive action</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0042621E" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="07BEA4E6" w14:textId="77777777" w:rsidR="0042621E" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Programming and firmware upgrade without three-phase main power</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="37C8B152" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>DriveWizard Mobile Programming Application</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
+    <w:p w14:paraId="29475F3F" w14:textId="77777777" w:rsidR="00E7361A" w:rsidRPr="008D13F5" w:rsidRDefault="00E7361A" w:rsidP="00E7361A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>LED Status Ring</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00236780" w:rsidRPr="008D13F5" w:rsidRDefault="006A0D57" w:rsidP="00C55A60">
+    <w:p w14:paraId="321DC02A" w14:textId="77777777" w:rsidR="00236780" w:rsidRPr="008D13F5" w:rsidRDefault="006A0D57" w:rsidP="00C55A60">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Conformal coating (IEC 607</w:t>
       </w:r>
       <w:r w:rsidR="00490536" w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>21-3-3, IP55/UL Type 12:3C2, 3S3</w:t>
       </w:r>
       <w:r w:rsidRPr="008D13F5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00236780" w:rsidRPr="008D13F5" w:rsidSect="008D13F5">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="3" w:space="288"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="116"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009D7ADD"/>
     <w:rsid w:val="00006E53"/>
     <w:rsid w:val="000112AB"/>
     <w:rsid w:val="00022CF1"/>
+    <w:rsid w:val="00042779"/>
     <w:rsid w:val="00045BD7"/>
     <w:rsid w:val="00057E93"/>
     <w:rsid w:val="000769BB"/>
     <w:rsid w:val="00077E2A"/>
+    <w:rsid w:val="000B3EBC"/>
     <w:rsid w:val="001172E0"/>
     <w:rsid w:val="001336A5"/>
     <w:rsid w:val="001500AB"/>
     <w:rsid w:val="001A07E2"/>
     <w:rsid w:val="001B4CF8"/>
     <w:rsid w:val="001B4D17"/>
     <w:rsid w:val="001B5CC6"/>
     <w:rsid w:val="00236780"/>
     <w:rsid w:val="00257A6A"/>
     <w:rsid w:val="002E08A7"/>
     <w:rsid w:val="002E0CF3"/>
     <w:rsid w:val="00323E7A"/>
     <w:rsid w:val="00325786"/>
     <w:rsid w:val="00376D5D"/>
     <w:rsid w:val="003F0CB4"/>
     <w:rsid w:val="0042621E"/>
     <w:rsid w:val="0044174D"/>
     <w:rsid w:val="00490536"/>
     <w:rsid w:val="004B5A2F"/>
     <w:rsid w:val="004C3A7E"/>
     <w:rsid w:val="004D1C6A"/>
     <w:rsid w:val="005828E4"/>
     <w:rsid w:val="005D59FD"/>
     <w:rsid w:val="005E7DE8"/>
     <w:rsid w:val="00610B29"/>
@@ -5009,73 +5010,73 @@
     <w:rsid w:val="00F30777"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="6EE3EB91"/>
+  <w14:docId w14:val="5BD96374"/>
   <w15:docId w15:val="{EF54E73D-A03A-448C-AA28-FC67233CC266}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5403,50 +5404,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="001172E0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="240"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
@@ -5572,51 +5578,51 @@
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00E34542"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="006D47A6"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -5845,51 +5851,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>1638</Words>
   <Characters>9337</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>77</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Symanetc</Company>