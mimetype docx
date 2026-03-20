--- v0 (2025-11-20)
+++ v1 (2026-03-20)
@@ -1,8615 +1,193 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.ms-office.activeX"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/activeX/activeX1.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
-[...51 lines deleted...]
-  <Override PartName="/word/activeX/activeX53.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00625DE3" w:rsidRPr="00625DE3" w:rsidRDefault="006C1C9B" w:rsidP="00625DE3">
+    <w:p w14:paraId="2583F54E" w14:textId="77777777" w:rsidR="00625DE3" w:rsidRDefault="006C1C9B" w:rsidP="00625DE3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="344" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
         <w:t>Drives</w:t>
       </w:r>
       <w:r w:rsidR="00625DE3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve"> On-Site Training</w:t>
       </w:r>
       <w:r w:rsidR="00625DE3" w:rsidRPr="00625DE3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve"> Questionnaire</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00625DE3" w:rsidRDefault="00625DE3" w:rsidP="00625DE3">
+    <w:p w14:paraId="774F8E43" w14:textId="77777777" w:rsidR="00847BDA" w:rsidRDefault="00847BDA" w:rsidP="00625DE3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="107" w:line="204" w:lineRule="atLeast"/>
+        <w:spacing w:after="0" w:line="344" w:lineRule="atLeast"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...228 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...183 lines deleted...]
-          <w:vanish/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...141 lines deleted...]
-    <w:p w:rsidR="00625DE3" w:rsidRPr="00625DE3" w:rsidRDefault="00625DE3" w:rsidP="008152D6">
+    <w:p w14:paraId="38BBECA8" w14:textId="399FD3CA" w:rsidR="00847BDA" w:rsidRPr="00847BDA" w:rsidRDefault="00847BDA" w:rsidP="00625DE3">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="440" w:lineRule="exact"/>
+        <w:spacing w:after="0" w:line="344" w:lineRule="atLeast"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:vanish/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...145 lines deleted...]
-        <w:spacing w:after="0" w:line="440" w:lineRule="exact"/>
+      <w:r w:rsidRPr="00847BDA">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:vanish/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">The form has moved to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00847BDA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+            <w:sz w:val="27"/>
+            <w:szCs w:val="27"/>
+          </w:rPr>
+          <w:t>https://form.jotform.com/260704348914156</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:tbl>
-[...7675 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId72"/>
+    <w:sectPr w:rsidR="00847BDA" w:rsidRPr="00847BDA" w:rsidSect="003052A2">
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="900" w:right="1440" w:bottom="810" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B57116" w:rsidRDefault="00B57116" w:rsidP="007B6977">
+    <w:p w14:paraId="26F1DCD5" w14:textId="77777777" w:rsidR="009804B4" w:rsidRDefault="009804B4" w:rsidP="007B6977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B57116" w:rsidRDefault="00B57116" w:rsidP="007B6977">
+    <w:p w14:paraId="63C3A73A" w14:textId="77777777" w:rsidR="009804B4" w:rsidRDefault="009804B4" w:rsidP="007B6977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -8619,52 +197,52 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00B57116" w:rsidRDefault="000B432B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="24A970C6" w14:textId="6B78895A" w:rsidR="00B57116" w:rsidRDefault="000B432B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:instrText xml:space="preserve"> FILENAME   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00B57116">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
@@ -8717,84 +295,99 @@
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00AE1CD6">
       <w:tab/>
-      <w:t xml:space="preserve"> 2022-07-15</w:t>
+      <w:t xml:space="preserve"> 202</w:t>
+    </w:r>
+    <w:r w:rsidR="00847BDA">
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidR="00AE1CD6">
+      <w:t>-0</w:t>
+    </w:r>
+    <w:r w:rsidR="00847BDA">
+      <w:t>3</w:t>
+    </w:r>
+    <w:r w:rsidR="00AE1CD6">
+      <w:t>-1</w:t>
+    </w:r>
+    <w:r w:rsidR="00847BDA">
+      <w:t>2</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B57116" w:rsidRDefault="00B57116" w:rsidP="007B6977">
+    <w:p w14:paraId="0E734B7C" w14:textId="77777777" w:rsidR="009804B4" w:rsidRDefault="009804B4" w:rsidP="007B6977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B57116" w:rsidRDefault="00B57116" w:rsidP="007B6977">
+    <w:p w14:paraId="05D69412" w14:textId="77777777" w:rsidR="009804B4" w:rsidRDefault="009804B4" w:rsidP="007B6977">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00B57116" w:rsidRDefault="00B57116">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="59DB8C8F" w14:textId="77777777" w:rsidR="00B57116" w:rsidRDefault="00B57116">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="ja-JP"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29BB308C" wp14:editId="0D423FE8">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4280986</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-137160</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1756929" cy="348018"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Picture 0"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -8817,188 +410,197 @@
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1756929" cy="348018"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="187"/>
   <w:drawingGridVerticalSpacing w:val="187"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00625DE3"/>
+    <w:rsid w:val="00042C12"/>
     <w:rsid w:val="000775EB"/>
     <w:rsid w:val="000A10B4"/>
     <w:rsid w:val="000B432B"/>
     <w:rsid w:val="000D1CF5"/>
     <w:rsid w:val="000D5B91"/>
     <w:rsid w:val="000E7495"/>
     <w:rsid w:val="00111F0D"/>
     <w:rsid w:val="00160DF7"/>
     <w:rsid w:val="001625DA"/>
     <w:rsid w:val="00186F99"/>
     <w:rsid w:val="001A130A"/>
     <w:rsid w:val="001A33E3"/>
     <w:rsid w:val="002463D1"/>
     <w:rsid w:val="00295001"/>
     <w:rsid w:val="002B778E"/>
     <w:rsid w:val="003052A2"/>
     <w:rsid w:val="00322856"/>
     <w:rsid w:val="003359A1"/>
     <w:rsid w:val="003F66DE"/>
+    <w:rsid w:val="0041283C"/>
     <w:rsid w:val="004914CC"/>
     <w:rsid w:val="004C2562"/>
     <w:rsid w:val="004D7FCE"/>
     <w:rsid w:val="00522FA9"/>
     <w:rsid w:val="0053537B"/>
     <w:rsid w:val="005533D3"/>
     <w:rsid w:val="0058782A"/>
     <w:rsid w:val="005A1BF7"/>
     <w:rsid w:val="005D18A0"/>
     <w:rsid w:val="005D4743"/>
     <w:rsid w:val="00625DE3"/>
     <w:rsid w:val="006C1C9B"/>
     <w:rsid w:val="006C6BB3"/>
     <w:rsid w:val="00714664"/>
+    <w:rsid w:val="0076604C"/>
     <w:rsid w:val="007664CE"/>
     <w:rsid w:val="00787E46"/>
     <w:rsid w:val="007B6977"/>
     <w:rsid w:val="007C2F1A"/>
     <w:rsid w:val="007F45F9"/>
     <w:rsid w:val="008152D6"/>
+    <w:rsid w:val="00847BDA"/>
     <w:rsid w:val="00914C5E"/>
     <w:rsid w:val="00947F8C"/>
+    <w:rsid w:val="009804B4"/>
     <w:rsid w:val="00982F38"/>
     <w:rsid w:val="009B33AB"/>
     <w:rsid w:val="009E6E9C"/>
     <w:rsid w:val="009F3CFC"/>
     <w:rsid w:val="00A61407"/>
     <w:rsid w:val="00AE1CD6"/>
     <w:rsid w:val="00B57116"/>
     <w:rsid w:val="00BA7D97"/>
     <w:rsid w:val="00BB1E8A"/>
     <w:rsid w:val="00BC3F27"/>
     <w:rsid w:val="00C71DF1"/>
     <w:rsid w:val="00CE4043"/>
     <w:rsid w:val="00CF3401"/>
     <w:rsid w:val="00D51BEA"/>
     <w:rsid w:val="00D9554D"/>
     <w:rsid w:val="00DD2CD0"/>
     <w:rsid w:val="00DD2E22"/>
     <w:rsid w:val="00E30853"/>
+    <w:rsid w:val="00E43164"/>
     <w:rsid w:val="00F01711"/>
     <w:rsid w:val="00F20C63"/>
     <w:rsid w:val="00F2336D"/>
     <w:rsid w:val="00F869BD"/>
     <w:rsid w:val="00FC1003"/>
     <w:rsid w:val="00FD2E26"/>
     <w:rsid w:val="00FF1C73"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="31E9F1FA"/>
   <w15:docId w15:val="{AC7319D4-F118-475B-809C-CDF67C850629}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9326,50 +928,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -9575,55 +1182,67 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009B33AB"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00B57116"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00847BDA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="350030437">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1579091686">
           <w:marLeft w:val="1166"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="106"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -10582,479 +2201,55 @@
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
             <w:div w:id="707489766">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX7.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX12.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX19.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX30.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX14.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX25.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX32.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX37.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX43.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.yaskawa.com/products/drives/industrial-ac-drives/industrial-software-tools/driveworks-ez-software/-/content/_b0c3b11d-6b74-4fbc-8bdc-700fa6e6089c_eLearningCurriculum" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX52.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX1.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX10.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX5.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX17.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX23.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX28.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX35.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX42.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.yaskawa.com/learning-paths/the-drivewizard-hvac-app?sessionFields=%5B%5B%22resource-type%22%2C%22Learning%20Path%22%5D%5D" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX50.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX9.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX16.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX21.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX27.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX39.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX44.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX46.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX4.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX13.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX34.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX41.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.yaskawa.com/courses/drivewizard-industrial-tips-tricks?sessionFields=%5B%5B%22resource-type%22%2C%22eLearning%20Module%22%5D%2C%5B%22topic%22%2C%22Variable%20Frequency%20Drives%22%5D%5D" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX49.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX8.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX15.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX20.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX22.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX26.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX33.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX38.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.yaskawa.com/courses/variable-frequency-drive-basics-oudp" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX48.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.wmf"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX2.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX40.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX6.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX11.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX18.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX24.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX29.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX36.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX45.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX51.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX31.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.yaskawa.com/courses/induction-motor-basics-c882" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX47.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX53.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://form.jotform.com/260704348914156" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/></Relationships>
-[...423 lines deleted...]
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{5512D11A-5CC6-11CF-8D67-00AA00BDCE1D}" ax:persistence="persistStream" r:id="rId1"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11298,69 +2493,69 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>5062</Characters>
+  <Pages>1</Pages>
+  <Words>15</Words>
+  <Characters>143</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>6</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Yaskawa</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5938</CharactersWithSpaces>
+  <CharactersWithSpaces>155</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Matt Pelletier;Paul Avery</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>